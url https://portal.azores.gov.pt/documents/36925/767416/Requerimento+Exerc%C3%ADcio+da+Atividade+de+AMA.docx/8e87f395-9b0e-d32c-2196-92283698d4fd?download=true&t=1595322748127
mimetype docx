--- v0 (2025-10-09)
+++ v1 (2025-12-06)
@@ -1,114 +1,116 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00702F3B" w:rsidRDefault="00702F3B" w:rsidP="00702F3B">
+    <w:p w14:paraId="1B07A050" w14:textId="77777777" w:rsidR="001E73EF" w:rsidRDefault="001E73EF" w:rsidP="001E73EF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00702F3B" w:rsidRDefault="004C33D4" w:rsidP="00702F3B">
+    <w:p w14:paraId="73AB273C" w14:textId="6A1AA3B7" w:rsidR="00AE304C" w:rsidRDefault="004C33D4" w:rsidP="001E73EF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C33D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Antes de preencher leia com atenção as informações)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE304C" w:rsidRDefault="00AE304C" w:rsidP="00702F3B">
+    <w:p w14:paraId="3BB6AD14" w14:textId="77777777" w:rsidR="001E73EF" w:rsidRDefault="001E73EF" w:rsidP="001E73EF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00740E8C" w:rsidRPr="00740E8C" w:rsidRDefault="004C33D4" w:rsidP="0019657A">
+    <w:p w14:paraId="73AB273D" w14:textId="77777777" w:rsidR="00740E8C" w:rsidRPr="00740E8C" w:rsidRDefault="004C33D4" w:rsidP="0019657A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C33D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>1. IDENTIFICAÇÃO DO REQUERENTE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C33D4" w:rsidRPr="0019657A" w:rsidRDefault="004C33D4" w:rsidP="00E85B72">
+    <w:p w14:paraId="73AB273E" w14:textId="77777777" w:rsidR="004C33D4" w:rsidRPr="0019657A" w:rsidRDefault="004C33D4" w:rsidP="00E85B72">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Nome completo:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -174,51 +176,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0019657A" w:rsidRPr="0019657A" w:rsidRDefault="004C33D4" w:rsidP="00E85B72">
+    <w:p w14:paraId="73AB273F" w14:textId="77777777" w:rsidR="0019657A" w:rsidRPr="0019657A" w:rsidRDefault="004C33D4" w:rsidP="00E85B72">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Data de nascimento: </w:t>
       </w:r>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -430,76 +432,76 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelacomgrelha"/>
+        <w:tblStyle w:val="TabelacomGrelha"/>
         <w:tblW w:w="9791" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5538"/>
         <w:gridCol w:w="4253"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0019657A" w:rsidRPr="0019657A" w:rsidTr="00740E8C">
+      <w:tr w:rsidR="0019657A" w:rsidRPr="0019657A" w14:paraId="73AB2742" w14:textId="77777777" w:rsidTr="00740E8C">
         <w:trPr>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5538" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0019657A" w:rsidRPr="0019657A" w:rsidRDefault="0019657A" w:rsidP="00704F21">
+          <w:p w14:paraId="73AB2740" w14:textId="77777777" w:rsidR="0019657A" w:rsidRPr="0019657A" w:rsidRDefault="0019657A" w:rsidP="00704F21">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">N.º Identificação de Segurança Social:  </w:t>
             </w:r>
@@ -589,51 +591,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00704F21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0019657A" w:rsidRPr="0019657A" w:rsidRDefault="0019657A" w:rsidP="00740E8C">
+          <w:p w14:paraId="73AB2741" w14:textId="77777777" w:rsidR="0019657A" w:rsidRPr="0019657A" w:rsidRDefault="0019657A" w:rsidP="00740E8C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">N.º de Identificação Fiscal: </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -704,51 +706,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0019657A" w:rsidRDefault="0019657A" w:rsidP="00E85B72">
+    <w:p w14:paraId="73AB2743" w14:textId="77777777" w:rsidR="0019657A" w:rsidRDefault="0019657A" w:rsidP="00E85B72">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Morada: </w:t>
       </w:r>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
@@ -814,79 +816,79 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelacomgrelha"/>
+        <w:tblStyle w:val="TabelacomGrelha"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3209"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1452"/>
         <w:gridCol w:w="3362"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005144BD" w:rsidTr="005842F9">
+      <w:tr w:rsidR="005144BD" w14:paraId="73AB2746" w14:textId="77777777" w:rsidTr="005842F9">
         <w:trPr>
           <w:trHeight w:val="587"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4966" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005144BD" w:rsidRDefault="005144BD" w:rsidP="00E85B72">
+          <w:p w14:paraId="73AB2744" w14:textId="77777777" w:rsidR="005144BD" w:rsidRDefault="005144BD" w:rsidP="00E85B72">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Localidade: </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -974,51 +976,51 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006A1D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005144BD" w:rsidRDefault="005144BD" w:rsidP="00E85B72">
+          <w:p w14:paraId="73AB2745" w14:textId="77777777" w:rsidR="005144BD" w:rsidRDefault="005144BD" w:rsidP="00E85B72">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Código Postal: </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -1164,75 +1166,75 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005144BD" w:rsidTr="00E85B72">
+      <w:tr w:rsidR="005144BD" w14:paraId="73AB2751" w14:textId="77777777" w:rsidTr="00E85B72">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BD0E81" w:rsidRDefault="005144BD" w:rsidP="00E85B72">
+          <w:p w14:paraId="73AB2747" w14:textId="77777777" w:rsidR="00BD0E81" w:rsidRDefault="005144BD" w:rsidP="00E85B72">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ilha: </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -1314,60 +1316,60 @@
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidR="006A1D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BD0E81" w:rsidRDefault="00BD0E81" w:rsidP="00BD0E81">
+          <w:p w14:paraId="73AB2748" w14:textId="77777777" w:rsidR="00BD0E81" w:rsidRDefault="00BD0E81" w:rsidP="00BD0E81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3A23" w:rsidRDefault="005842F9" w:rsidP="007C3A23">
+          <w:p w14:paraId="73AB2749" w14:textId="77777777" w:rsidR="007C3A23" w:rsidRDefault="005842F9" w:rsidP="007C3A23">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Telefone</w:t>
             </w:r>
             <w:r w:rsidR="007C3A23" w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
@@ -1390,145 +1392,143 @@
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...45 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007C3A23" w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidR="007C3A23">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005144BD" w:rsidRPr="00BD0E81" w:rsidRDefault="005144BD" w:rsidP="00BD0E81">
+          <w:p w14:paraId="73AB274A" w14:textId="77777777" w:rsidR="005144BD" w:rsidRPr="00BD0E81" w:rsidRDefault="005144BD" w:rsidP="00BD0E81">
             <w:pPr>
               <w:ind w:firstLine="708"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007C3A23" w:rsidRDefault="005144BD" w:rsidP="00E85B72">
+          <w:p w14:paraId="73AB274B" w14:textId="77777777" w:rsidR="007C3A23" w:rsidRDefault="005144BD" w:rsidP="00E85B72">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Concelho: </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -1594,60 +1594,60 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3A23" w:rsidRDefault="007C3A23" w:rsidP="007C3A23">
+          <w:p w14:paraId="73AB274C" w14:textId="77777777" w:rsidR="007C3A23" w:rsidRDefault="007C3A23" w:rsidP="007C3A23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005144BD" w:rsidRPr="007C3A23" w:rsidRDefault="007C3A23" w:rsidP="007C3A23">
+          <w:p w14:paraId="73AB274D" w14:textId="77777777" w:rsidR="005144BD" w:rsidRPr="007C3A23" w:rsidRDefault="007C3A23" w:rsidP="007C3A23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Fax: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -1725,51 +1725,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E85B72" w:rsidRDefault="005144BD" w:rsidP="00E85B72">
+          <w:p w14:paraId="73AB274E" w14:textId="77777777" w:rsidR="00E85B72" w:rsidRDefault="005144BD" w:rsidP="00E85B72">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Freguesia: </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -1835,97 +1835,97 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BD0E81" w:rsidRDefault="00BD0E81" w:rsidP="00E85B72">
+          <w:p w14:paraId="73AB274F" w14:textId="77777777" w:rsidR="00BD0E81" w:rsidRDefault="00BD0E81" w:rsidP="00E85B72">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BD0E81" w:rsidRDefault="00BD0E81" w:rsidP="00E85B72">
+          <w:p w14:paraId="73AB2750" w14:textId="77777777" w:rsidR="00BD0E81" w:rsidRDefault="00BD0E81" w:rsidP="00E85B72">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1D05" w:rsidTr="006A1D05">
+      <w:tr w:rsidR="006A1D05" w14:paraId="73AB2758" w14:textId="77777777" w:rsidTr="006A1D05">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4966" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00702F3B" w:rsidRDefault="00E85B72" w:rsidP="00E85B72">
+          <w:p w14:paraId="73AB2752" w14:textId="77777777" w:rsidR="00702F3B" w:rsidRDefault="00E85B72" w:rsidP="00E85B72">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Endereço de correio eletrónico: </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -1991,93 +1991,93 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00702F3B" w:rsidRDefault="00702F3B" w:rsidP="00E85B72">
+          <w:p w14:paraId="73AB2753" w14:textId="77777777" w:rsidR="00702F3B" w:rsidRDefault="00702F3B" w:rsidP="00E85B72">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E85B72" w:rsidRDefault="00E85B72" w:rsidP="00E85B72">
+          <w:p w14:paraId="73AB2754" w14:textId="77777777" w:rsidR="00E85B72" w:rsidRDefault="00E85B72" w:rsidP="00E85B72">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="004C33D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>OUTROS ELEMENTOS DO REQUERENTE</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E85B72" w:rsidRPr="006A1D05" w:rsidRDefault="009E2EE8" w:rsidP="009E2EE8">
+          <w:p w14:paraId="73AB2755" w14:textId="77777777" w:rsidR="00E85B72" w:rsidRPr="006A1D05" w:rsidRDefault="009E2EE8" w:rsidP="009E2EE8">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E85B72" w:rsidRPr="00E85B72">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nível de escolaridade:</w:t>
             </w:r>
@@ -2171,182 +2171,182 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00E85B72" w:rsidRPr="0019657A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006A1D05" w:rsidRDefault="006A1D05" w:rsidP="00E85B72">
+          <w:p w14:paraId="73AB2756" w14:textId="77777777" w:rsidR="006A1D05" w:rsidRDefault="006A1D05" w:rsidP="00E85B72">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E85B72" w:rsidRPr="006A1D05" w:rsidRDefault="00E85B72" w:rsidP="00E85B72">
+          <w:p w14:paraId="73AB2757" w14:textId="77777777" w:rsidR="00E85B72" w:rsidRPr="006A1D05" w:rsidRDefault="00E85B72" w:rsidP="00E85B72">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009E2EE8" w:rsidRDefault="009E2EE8" w:rsidP="004F77FC">
+    <w:p w14:paraId="73AB2759" w14:textId="77777777" w:rsidR="009E2EE8" w:rsidRDefault="009E2EE8" w:rsidP="004F77FC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Possui curso de formação básica inicial de ama:   </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E65145">
-[...4 lines deleted...]
-      <w:r w:rsidR="00E65145">
+      <w:r w:rsidRPr="009E2B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sim    </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E65145">
-[...4 lines deleted...]
-      <w:r w:rsidR="00E65145">
+      <w:r w:rsidRPr="009E2B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Não</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E2EE8" w:rsidRDefault="009E2EE8" w:rsidP="004F77FC">
+    <w:p w14:paraId="73AB275A" w14:textId="77777777" w:rsidR="009E2EE8" w:rsidRDefault="009E2EE8" w:rsidP="004F77FC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Possui experiência de cuidar</w:t>
       </w:r>
       <w:r w:rsidR="00836F5A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de crianças</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2355,341 +2355,355 @@
         </w:rPr>
         <w:t xml:space="preserve">:   </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E65145">
-[...4 lines deleted...]
-      <w:r w:rsidR="00E65145">
+      <w:r w:rsidRPr="009E2B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sim    </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E65145">
-[...4 lines deleted...]
-      <w:r w:rsidR="00E65145">
+      <w:r w:rsidRPr="009E2B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Não</w:t>
       </w:r>
       <w:r w:rsidR="00836F5A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">              Se assinalou Sim, indique: </w:t>
+        <w:t xml:space="preserve">              Se </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00836F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>assinalou Sim</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00836F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, indique: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00836F5A" w:rsidRDefault="00836F5A" w:rsidP="004F77FC">
+    <w:p w14:paraId="73AB275B" w14:textId="77777777" w:rsidR="00836F5A" w:rsidRDefault="00836F5A" w:rsidP="004F77FC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidR="004F77FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E65145">
-[...4 lines deleted...]
-      <w:r w:rsidR="00E65145">
+      <w:r w:rsidRPr="009E2B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ama enquadrada pela Segurança Social             </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E65145">
-[...4 lines deleted...]
-      <w:r w:rsidR="00E65145">
+      <w:r w:rsidRPr="009E2B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Creche familiar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00836F5A" w:rsidRDefault="00836F5A" w:rsidP="004F77FC">
+    <w:p w14:paraId="73AB275C" w14:textId="77777777" w:rsidR="00836F5A" w:rsidRDefault="00836F5A" w:rsidP="004F77FC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidR="004F77FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E65145">
-[...4 lines deleted...]
-      <w:r w:rsidR="00E65145">
+      <w:r w:rsidRPr="009E2B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Creche                                                                  </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E65145">
-[...4 lines deleted...]
-      <w:r w:rsidR="00E65145">
+      <w:r w:rsidRPr="009E2B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009E2B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Outra, qual: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -2755,51 +2769,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F77FC" w:rsidRDefault="004F77FC" w:rsidP="004F77FC">
+    <w:p w14:paraId="73AB275D" w14:textId="77777777" w:rsidR="004F77FC" w:rsidRDefault="004F77FC" w:rsidP="004F77FC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Período de experiência de: </w:t>
       </w:r>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
@@ -3251,51 +3265,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE304C" w:rsidRDefault="004F77FC" w:rsidP="004F77FC">
+    <w:p w14:paraId="73AB275E" w14:textId="77777777" w:rsidR="00AE304C" w:rsidRDefault="004F77FC" w:rsidP="004F77FC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Indique o número de pessoas com quem reside: </w:t>
       </w:r>
       <w:r w:rsidR="00AE304C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
@@ -3344,513 +3358,504 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00AE304C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00702F3B" w:rsidRDefault="004F77FC" w:rsidP="004F77FC">
+    <w:p w14:paraId="73AB275F" w14:textId="77777777" w:rsidR="00702F3B" w:rsidRDefault="004F77FC" w:rsidP="004F77FC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Se indicou zero pessoas não preencha o quadro 3.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00702F3B" w:rsidRDefault="00702F3B" w:rsidP="004F77FC">
+    <w:p w14:paraId="73AB2760" w14:textId="77777777" w:rsidR="00702F3B" w:rsidRDefault="00702F3B" w:rsidP="004F77FC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00702F3B" w:rsidRDefault="00702F3B" w:rsidP="004F77FC">
+    <w:p w14:paraId="73AB2761" w14:textId="77777777" w:rsidR="00702F3B" w:rsidRDefault="00702F3B" w:rsidP="004F77FC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00665E81" w:rsidRDefault="00665E81" w:rsidP="004F77FC">
+    <w:p w14:paraId="73AB2762" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00665E81" w:rsidP="004F77FC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FD1EBB" w:rsidRPr="00AE304C" w:rsidRDefault="00FD1EBB" w:rsidP="00AE304C">
+    <w:p w14:paraId="73AB2764" w14:textId="0E9DE812" w:rsidR="00AE304C" w:rsidRPr="001E73EF" w:rsidRDefault="00FD1EBB" w:rsidP="001E73EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="center" w:pos="4819"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE304C" w:rsidRDefault="00AE304C" w:rsidP="00FD1EBB">
+    <w:p w14:paraId="73AB2765" w14:textId="77777777" w:rsidR="00702F3B" w:rsidRDefault="00702F3B" w:rsidP="00FD1EBB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="004C33D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>COMPOSIÇÃO DO AGREGADO FAMILIAR</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelacomgrelha"/>
+        <w:tblStyle w:val="TabelacomGrelha"/>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3498"/>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="1480"/>
         <w:gridCol w:w="661"/>
         <w:gridCol w:w="703"/>
         <w:gridCol w:w="700"/>
         <w:gridCol w:w="1184"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC4232" w:rsidTr="00AE304C">
+      <w:tr w:rsidR="00CC4232" w14:paraId="73AB276D" w14:textId="77777777" w:rsidTr="00AE304C">
         <w:trPr>
           <w:trHeight w:val="1174"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC4232" w:rsidRDefault="00CC4232" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2766" w14:textId="77777777" w:rsidR="00CC4232" w:rsidRDefault="00CC4232" w:rsidP="00596173">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nome completo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC4232" w:rsidRDefault="00CC4232" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2767" w14:textId="77777777" w:rsidR="00CC4232" w:rsidRDefault="00CC4232" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N.º Identificação</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00CC4232" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2768" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00CC4232" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Segurança Social</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC4232" w:rsidRDefault="00CC4232" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2769" w14:textId="77777777" w:rsidR="00CC4232" w:rsidRDefault="00CC4232" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N.º Identificação</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC4232" w:rsidRDefault="00CC4232" w:rsidP="00596173">
+          <w:p w14:paraId="73AB276A" w14:textId="77777777" w:rsidR="00CC4232" w:rsidRDefault="00CC4232" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fiscal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC4232" w:rsidRDefault="00CC4232" w:rsidP="00596173">
+          <w:p w14:paraId="73AB276B" w14:textId="77777777" w:rsidR="00CC4232" w:rsidRDefault="00CC4232" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Data de nascimento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC4232" w:rsidRDefault="00CC4232" w:rsidP="00596173">
+          <w:p w14:paraId="73AB276C" w14:textId="77777777" w:rsidR="00CC4232" w:rsidRDefault="00CC4232" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Relação familiar com o requerente </w:t>
             </w:r>
             <w:r w:rsidRPr="00665E81">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC4232" w:rsidTr="00AE304C">
+      <w:tr w:rsidR="00CC4232" w14:paraId="73AB2775" w14:textId="77777777" w:rsidTr="00AE304C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CC4232" w:rsidRPr="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00702F3B">
+          <w:p w14:paraId="73AB276E" w14:textId="77777777" w:rsidR="00CC4232" w:rsidRPr="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00702F3B">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CC4232" w:rsidRPr="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00702F3B">
+          <w:p w14:paraId="73AB276F" w14:textId="77777777" w:rsidR="00CC4232" w:rsidRPr="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00702F3B">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CC4232" w:rsidRPr="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00702F3B">
+          <w:p w14:paraId="73AB2770" w14:textId="77777777" w:rsidR="00CC4232" w:rsidRPr="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00702F3B">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC4232" w:rsidRPr="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2771" w14:textId="77777777" w:rsidR="00CC4232" w:rsidRPr="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00665E81">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC4232" w:rsidRPr="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2772" w14:textId="77777777" w:rsidR="00CC4232" w:rsidRPr="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00665E81">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mês</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC4232" w:rsidRPr="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2773" w14:textId="77777777" w:rsidR="00CC4232" w:rsidRPr="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00665E81">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>dia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CC4232" w:rsidRPr="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00702F3B">
+          <w:p w14:paraId="73AB2774" w14:textId="77777777" w:rsidR="00CC4232" w:rsidRPr="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00702F3B">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00704F21" w:rsidTr="00AE304C">
+      <w:tr w:rsidR="00704F21" w14:paraId="73AB277D" w14:textId="77777777" w:rsidTr="00AE304C">
         <w:trPr>
           <w:trHeight w:val="321"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00665E81" w:rsidRDefault="00665E81" w:rsidP="00704F21">
+          <w:p w14:paraId="73AB2776" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00665E81" w:rsidP="00704F21">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-------</w:t>
             </w:r>
             <w:r w:rsidR="00704F21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>----------</w:t>
             </w:r>
             <w:r w:rsidR="00CC4232">
@@ -3862,200 +3867,200 @@
               <w:t>--</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Requerente ------</w:t>
             </w:r>
             <w:r w:rsidR="00CC4232">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00704F21">
+          <w:p w14:paraId="73AB2777" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00704F21">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00704F21">
+          <w:p w14:paraId="73AB2778" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00704F21">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00704F21">
+          <w:p w14:paraId="73AB2779" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00704F21">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00704F21">
+          <w:p w14:paraId="73AB277A" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00704F21">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00704F21">
+          <w:p w14:paraId="73AB277B" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00704F21">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00CC4232">
+          <w:p w14:paraId="73AB277C" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00CC4232">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>--------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00704F21" w:rsidTr="00AE304C">
+      <w:tr w:rsidR="00704F21" w14:paraId="73AB2785" w14:textId="77777777" w:rsidTr="00AE304C">
         <w:trPr>
           <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00596173">
+          <w:p w14:paraId="73AB277E" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -4119,51 +4124,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00596173">
+          <w:p w14:paraId="73AB277F" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="12"/>
                   </w:textInput>
                 </w:ffData>
@@ -4230,51 +4235,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2780" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="9"/>
                   </w:textInput>
                 </w:ffData>
@@ -4341,51 +4346,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2781" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
@@ -4443,51 +4448,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2782" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
@@ -4527,51 +4532,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2783" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00704F21" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
@@ -4611,51 +4616,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2784" w14:textId="77777777" w:rsidR="00665E81" w:rsidRDefault="00CC4232" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -4715,60 +4720,60 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00596173" w:rsidTr="00AE304C">
+      <w:tr w:rsidR="00596173" w14:paraId="73AB278D" w14:textId="77777777" w:rsidTr="00AE304C">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2786" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -4832,51 +4837,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2787" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00697857">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="12"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00697857">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4938,51 +4943,51 @@
             </w:r>
             <w:r w:rsidRPr="00697857">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00697857">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2788" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="9"/>
                   </w:textInput>
                 </w:ffData>
@@ -5049,51 +5054,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2789" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C336F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C336F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5146,51 +5151,51 @@
             </w:r>
             <w:r w:rsidRPr="00C336F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C336F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB278A" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00235D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00235D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5225,51 +5230,51 @@
             </w:r>
             <w:r w:rsidRPr="00235D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB278B" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00121DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00121DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5304,51 +5309,51 @@
             </w:r>
             <w:r w:rsidRPr="00121DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00121DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB278C" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00E7021D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E7021D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -5402,60 +5407,60 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7021D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7021D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00596173" w:rsidTr="00AE304C">
+      <w:tr w:rsidR="00596173" w14:paraId="73AB2795" w14:textId="77777777" w:rsidTr="00AE304C">
         <w:trPr>
           <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB278E" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -5519,51 +5524,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB278F" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00697857">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="12"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00697857">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5625,51 +5630,51 @@
             </w:r>
             <w:r w:rsidRPr="00697857">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00697857">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2790" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="9"/>
                   </w:textInput>
                 </w:ffData>
@@ -5736,51 +5741,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2791" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C336F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C336F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5833,51 +5838,51 @@
             </w:r>
             <w:r w:rsidRPr="00C336F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C336F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2792" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00235D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00235D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5912,51 +5917,51 @@
             </w:r>
             <w:r w:rsidRPr="00235D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2793" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00121DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00121DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5991,51 +5996,51 @@
             </w:r>
             <w:r w:rsidRPr="00121DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00121DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB2794" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00E7021D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E7021D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6090,60 +6095,60 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7021D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7021D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00596173" w:rsidTr="00AE304C">
+      <w:tr w:rsidR="00596173" w14:paraId="73AB279D" w14:textId="77777777" w:rsidTr="00AE304C">
         <w:trPr>
           <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="002011BA">
+          <w:p w14:paraId="73AB2796" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="002011BA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596173">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -6215,51 +6220,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="002011BA">
+          <w:p w14:paraId="73AB2797" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="002011BA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="12"/>
                   </w:textInput>
                 </w:ffData>
@@ -6326,51 +6331,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="002011BA">
+          <w:p w14:paraId="73AB2798" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="002011BA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="9"/>
                   </w:textInput>
                 </w:ffData>
@@ -6437,51 +6442,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="002011BA">
+          <w:p w14:paraId="73AB2799" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="002011BA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
@@ -6539,51 +6544,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="002011BA">
+          <w:p w14:paraId="73AB279A" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="002011BA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
@@ -6623,51 +6628,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="002011BA">
+          <w:p w14:paraId="73AB279B" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="002011BA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
@@ -6707,51 +6712,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1125" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="002011BA">
+          <w:p w14:paraId="73AB279C" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="002011BA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -6811,345 +6816,345 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00596173" w:rsidTr="00AE304C">
+      <w:tr w:rsidR="00596173" w14:paraId="73AB279F" w14:textId="77777777" w:rsidTr="00AE304C">
         <w:trPr>
           <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00596173" w:rsidRPr="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+          <w:p w14:paraId="73AB279E" w14:textId="77777777" w:rsidR="00596173" w:rsidRPr="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596173">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(1)  Ex.: Cônjuge, pai, mãe, filho, avô, genro, nora, irmão, etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
+    <w:p w14:paraId="73AB27A0" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00596173" w:rsidP="00596173">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00596173" w:rsidRDefault="00740E8C" w:rsidP="00596173">
+    <w:p w14:paraId="73AB27A1" w14:textId="77777777" w:rsidR="00596173" w:rsidRDefault="00740E8C" w:rsidP="00596173">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">4. TIPO </w:t>
       </w:r>
       <w:r w:rsidR="00596173" w:rsidRPr="00596173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>E CONDIÇÕES DAS INSTALAÇÕES DO REQUERENTE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
+    <w:p w14:paraId="73AB27A2" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tipologia do edifício</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelacomgrelha"/>
+        <w:tblStyle w:val="TabelacomGrelha"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="2407"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E97BCB" w:rsidTr="00E97BCB">
+      <w:tr w:rsidR="00E97BCB" w14:paraId="73AB27A7" w14:textId="77777777" w:rsidTr="00E97BCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
+          <w:p w14:paraId="73AB27A3" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E2B92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009E2B92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E65145">
-[...4 lines deleted...]
-            <w:r w:rsidR="00E65145">
+            <w:r w:rsidRPr="009E2B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009E2B92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009E2B92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Vivenda</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00E97BCB">
+          <w:p w14:paraId="73AB27A4" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00E97BCB">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E2B92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009E2B92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E65145">
-[...4 lines deleted...]
-            <w:r w:rsidR="00E65145">
+            <w:r w:rsidRPr="009E2B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009E2B92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009E2B92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Apartamento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
+          <w:p w14:paraId="73AB27A5" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E2B92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009E2B92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E65145">
-[...4 lines deleted...]
-            <w:r w:rsidR="00E65145">
+            <w:r w:rsidRPr="009E2B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009E2B92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009E2B92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Moradia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
+          <w:p w14:paraId="73AB27A6" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Outro: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -7218,51 +7223,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
+    <w:p w14:paraId="73AB27A8" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">N.º de Divisões: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -7403,461 +7408,479 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
+    <w:p w14:paraId="73AB27A9" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Divisões e equipamento relevantes para o exercício da atividade</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelacomgrelha"/>
+        <w:tblStyle w:val="TabelacomGrelha"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="2688"/>
         <w:gridCol w:w="2545"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E97BCB" w:rsidRPr="00481D27" w:rsidTr="00E97BCB">
+      <w:tr w:rsidR="00E97BCB" w:rsidRPr="00481D27" w14:paraId="73AB27AE" w14:textId="77777777" w:rsidTr="00E97BCB">
         <w:trPr>
           <w:trHeight w:val="579"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97BCB" w:rsidRPr="00481D27" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
+          <w:p w14:paraId="73AB27AA" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRPr="00481D27" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E65145">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E65145">
+            <w:r w:rsidRPr="00481D27">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cozinha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97BCB" w:rsidRPr="00481D27" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
+          <w:p w14:paraId="73AB27AB" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRPr="00481D27" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E65145">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E65145">
+            <w:r w:rsidRPr="00481D27">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Instalações sanitárias</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97BCB" w:rsidRPr="00481D27" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
+          <w:p w14:paraId="73AB27AC" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRPr="00481D27" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E65145">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E65145">
+            <w:r w:rsidRPr="00481D27">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Área para refeições</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97BCB" w:rsidRPr="00481D27" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
+          <w:p w14:paraId="73AB27AD" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRPr="00481D27" w:rsidRDefault="00E97BCB" w:rsidP="00596173">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E65145">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E65145">
+            <w:r w:rsidRPr="00481D27">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00481D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Área para atividades</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E97BCB" w:rsidRPr="00481D27" w:rsidRDefault="00E97BCB" w:rsidP="00E97BCB">
+    <w:p w14:paraId="73AB27AF" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRPr="00481D27" w:rsidRDefault="00E97BCB" w:rsidP="00E97BCB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E65145">
-[...6 lines deleted...]
-      <w:r w:rsidR="00E65145">
+      <w:r w:rsidRPr="00481D27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Espaço para repouso                                 Outras: </w:t>
+        <w:t xml:space="preserve"> Espaço para </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00481D27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>repouso                                 Outras</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00481D27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00481D27">
@@ -7907,131 +7930,131 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00E97BCB">
+    <w:p w14:paraId="73AB27B0" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00E97BCB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00E97BCB">
+    <w:p w14:paraId="73AB27B1" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRDefault="00E97BCB" w:rsidP="00E97BCB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E97BCB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>5. SUBSTITUIÇÃO DE AUTORIZAÇÃO</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E97BCB" w:rsidRPr="00481D27" w:rsidRDefault="00E97BCB" w:rsidP="00E97BCB">
+    <w:p w14:paraId="73AB27B2" w14:textId="77777777" w:rsidR="00E97BCB" w:rsidRPr="00481D27" w:rsidRDefault="00E97BCB" w:rsidP="00E97BCB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Trata-se de um processo de substituição de autorização?              </w:t>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E65145">
-[...6 lines deleted...]
-      <w:r w:rsidR="00E65145">
+      <w:r w:rsidRPr="00481D27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sim        </w:t>
       </w:r>
       <w:r w:rsidR="00481D27" w:rsidRPr="00481D27">
         <w:rPr>
@@ -8053,99 +8076,117 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00481D27" w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E65145">
-[...6 lines deleted...]
-      <w:r w:rsidR="00E65145">
+      <w:r w:rsidR="00481D27" w:rsidRPr="00481D27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00481D27" w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00481D27" w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00481D27" w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Não</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00481D27" w:rsidRPr="00481D27" w:rsidRDefault="00481D27" w:rsidP="00E97BCB">
+    <w:p w14:paraId="73AB27B3" w14:textId="77777777" w:rsidR="00481D27" w:rsidRPr="00481D27" w:rsidRDefault="00481D27" w:rsidP="00E97BCB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se assinalou Sim, indique o motivo: </w:t>
+        <w:t xml:space="preserve">Se </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00481D27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>assinalou Sim</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00481D27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, indique o motivo: </w:t>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00481D27">
@@ -8195,156 +8236,168 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="00E97BCB">
+    <w:p w14:paraId="73AB27B4" w14:textId="77777777" w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="00E97BCB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="00E97BCB">
+    <w:p w14:paraId="73AB27B5" w14:textId="77777777" w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="00E97BCB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="00E97BCB">
+    <w:p w14:paraId="73AB27B6" w14:textId="77777777" w:rsidR="00481D27" w:rsidRDefault="00CC53D3" w:rsidP="00CC53D3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7860"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73AB27B7" w14:textId="77777777" w:rsidR="00AE304C" w:rsidRDefault="00AE304C" w:rsidP="00FD1EBB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE304C" w:rsidRDefault="00AE304C" w:rsidP="00FD1EBB">
+    <w:p w14:paraId="73AB27B8" w14:textId="77777777" w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="00FD1EBB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00481D27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CERTIFICAÇÃO DO REQUERENTE </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="00FD1EBB">
+    <w:p w14:paraId="73AB27B9" w14:textId="77777777" w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="00E97BCB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...1 lines deleted...]
-        <w:t>6.</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Declaro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> CERTIFICAÇÃO DO REQUERENTE </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que as informações prestadas correspondem à verdade e não omitem qualquer informação relevante.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="00E97BCB">
+    <w:p w14:paraId="73AB27BA" w14:textId="77777777" w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="00E97BCB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00481D27">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="00E97BCB">
-[...10 lines deleted...]
-    <w:p w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="000A1EC5">
+    <w:p w14:paraId="73AB27BB" w14:textId="77777777" w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="000A1EC5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="number"/>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
@@ -8562,1115 +8615,1210 @@
       <w:r w:rsidRPr="0019657A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">            _______________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="000A1EC5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="000A1EC5">
+    <w:p w14:paraId="73AB27BC" w14:textId="77777777" w:rsidR="00481D27" w:rsidRDefault="00481D27" w:rsidP="000A1EC5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">                                 </w:t>
       </w:r>
       <w:r w:rsidRPr="00481D27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Assinatura do requerente ou de outrem a seu rogo conforme documento de identificação civil válido</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1EC5" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
+    <w:p w14:paraId="73AB27BD" w14:textId="77777777" w:rsidR="000A1EC5" w:rsidRPr="001E73EF" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73AB27BE" w14:textId="77777777" w:rsidR="00740E8C" w:rsidRDefault="00740E8C" w:rsidP="000A1EC5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00740E8C" w:rsidRDefault="00740E8C" w:rsidP="000A1EC5">
-[...9 lines deleted...]
-    <w:p w:rsidR="000A1EC5" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
+    <w:p w14:paraId="73AB27BF" w14:textId="77777777" w:rsidR="000A1EC5" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A1EC5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> INFORMAÇÕES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1EC5" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
+    <w:p w14:paraId="73AB27C0" w14:textId="77777777" w:rsidR="000A1EC5" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Documentos relativos ao requerente</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1EC5" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
+    <w:p w14:paraId="73AB27C1" w14:textId="77777777" w:rsidR="000A1EC5" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A1EC5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Certificado de habilitações literárias</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1EC5" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
+    <w:p w14:paraId="73AB27C2" w14:textId="77777777" w:rsidR="000A1EC5" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Documento comprovativo de ter concluído com aproveitamento o curso de formação básica inicial da atividade de Ama.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1EC5" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
+    <w:p w14:paraId="73AB27C3" w14:textId="77777777" w:rsidR="000A1EC5" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Documento comprovativo da experiência adquirida no cuidado de crianças, durante pelo menos um ano, nos últimos dois anos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1EC5" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
+    <w:p w14:paraId="73AB27C4" w14:textId="77777777" w:rsidR="000A1EC5" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Documentos comprovativos da formação contínua efetuada nos últimos 5 anos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A41F2" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
+    <w:p w14:paraId="73AB27C5" w14:textId="77777777" w:rsidR="007A41F2" w:rsidRDefault="000A1EC5" w:rsidP="000A1EC5">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Documentos comprovativos da formação que dispense a realização de formação básica inicial da atividade de Ama.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1EC5" w:rsidRDefault="007A41F2" w:rsidP="007A41F2">
+    <w:p w14:paraId="73AB27C6" w14:textId="77777777" w:rsidR="000A1EC5" w:rsidRDefault="007A41F2" w:rsidP="007A41F2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A41F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Outros documentos relativos ao requerente e aos elementos do agregado familiar</w:t>
       </w:r>
       <w:r w:rsidR="000A1EC5" w:rsidRPr="007A41F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A41F2" w:rsidRPr="007A41F2" w:rsidRDefault="007A41F2" w:rsidP="007A41F2">
+    <w:p w14:paraId="73AB27C7" w14:textId="77777777" w:rsidR="007A41F2" w:rsidRPr="007A41F2" w:rsidRDefault="007A41F2" w:rsidP="007A41F2">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Cópias do documento de identificação civil válido (Cartão de Cidadão ou Bilhete de Identidade) e do cartão de identificação fiscal.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A41F2" w:rsidRPr="007A41F2" w:rsidRDefault="007A41F2" w:rsidP="007A41F2">
+    <w:p w14:paraId="73AB27C8" w14:textId="77777777" w:rsidR="007A41F2" w:rsidRPr="007A41F2" w:rsidRDefault="007A41F2" w:rsidP="007A41F2">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Declaração médica atualizada, comprovativa do estado de saúde.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A41F2" w:rsidRPr="007A41F2" w:rsidRDefault="007A41F2" w:rsidP="007A41F2">
+    <w:p w14:paraId="73AB27C9" w14:textId="77777777" w:rsidR="007A41F2" w:rsidRPr="007A41F2" w:rsidRDefault="007A41F2" w:rsidP="007A41F2">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Certificado de registo criminal.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A41F2" w:rsidRPr="007A41F2" w:rsidRDefault="007A41F2" w:rsidP="007A41F2">
+    <w:p w14:paraId="73AB27CA" w14:textId="77777777" w:rsidR="007A41F2" w:rsidRPr="007A41F2" w:rsidRDefault="007A41F2" w:rsidP="007A41F2">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Cópia da certidão da conservatória do registo predial ou caderneta predial ou contrato de arrendamento ou documento justificativo das obras a realizar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A41F2" w:rsidRDefault="007A41F2" w:rsidP="007A41F2">
+    <w:p w14:paraId="73AB27CB" w14:textId="77777777" w:rsidR="007A41F2" w:rsidRDefault="007A41F2" w:rsidP="007A41F2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Local de entrega</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00481D27" w:rsidRPr="007A41F2" w:rsidRDefault="007A41F2" w:rsidP="007A41F2">
+    <w:p w14:paraId="16F07786" w14:textId="4EE3BAC5" w:rsidR="001E73EF" w:rsidRPr="001E73EF" w:rsidRDefault="007A41F2" w:rsidP="001E73EF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A41F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">O </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>requerimento e demais documentos são apresentados nos serviços da Segurança Social.</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk187229192"/>
     </w:p>
-    <w:p w:rsidR="009E2EE8" w:rsidRPr="00740E8C" w:rsidRDefault="00596173" w:rsidP="00740E8C">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="181F4608" w14:textId="77777777" w:rsidR="001E73EF" w:rsidRPr="001E73EF" w:rsidRDefault="001E73EF" w:rsidP="001E73EF">
       <w:pPr>
-        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="pt-PT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02CE6432" w14:textId="77777777" w:rsidR="001E73EF" w:rsidRPr="001E73EF" w:rsidRDefault="001E73EF" w:rsidP="001E73EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="pt-PT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E73EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="pt-PT"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72CDA34C" wp14:editId="55FE9BDC">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-15862</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>114935</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="113121" cy="113121"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="1270"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1" name="Gráfico 1" descr="Bloquear"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="lock.svg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId10"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="113121" cy="113121"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E689FC" w14:textId="77777777" w:rsidR="001E73EF" w:rsidRPr="001E73EF" w:rsidRDefault="001E73EF" w:rsidP="001E73EF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00596173">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidRPr="001E73EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Proteção de Dados</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73AB27CD" w14:textId="21486EC1" w:rsidR="009E2EE8" w:rsidRPr="00740E8C" w:rsidRDefault="001E73EF" w:rsidP="001E73EF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E73EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Os dados pessoais recolhidos serão objeto de tratamento pelo ISSA, IPRA e serão conservados pelo prazo necessário para cumprir a finalidade a que se destinam. O ISSA, IPRA compromete-se a proteger os seus dados pessoais e a cumprir as obrigações no âmbito da proteção de dados. Para mais informações sobre a proteção de dados consulte o site da Segurança Social em </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E73EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-PT"/>
+        </w:rPr>
+        <w:t>www.seg-social.pt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E73EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="pt-PT"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009E2EE8" w:rsidRPr="00740E8C" w:rsidSect="004C33D4">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="567" w:left="1134" w:header="284" w:footer="533" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E65145" w:rsidRDefault="00E65145" w:rsidP="009F0E28">
+    <w:p w14:paraId="5EC07474" w14:textId="77777777" w:rsidR="00F834A0" w:rsidRDefault="00F834A0" w:rsidP="009F0E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E65145" w:rsidRDefault="00E65145" w:rsidP="009F0E28">
+    <w:p w14:paraId="78477682" w14:textId="77777777" w:rsidR="00F834A0" w:rsidRDefault="00F834A0" w:rsidP="009F0E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-74284007"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00FD1EBB" w:rsidRDefault="00FD1EBB" w:rsidP="00FD1EBB">
+      <w:p w14:paraId="73AB27D9" w14:textId="745C558F" w:rsidR="00FD1EBB" w:rsidRPr="00AA5F4F" w:rsidRDefault="00AA5F4F" w:rsidP="00AA5F4F">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
-          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="14"/>
+          </w:rPr>
         </w:pPr>
-        <w:r>
+        <w:r w:rsidRPr="00D0151B">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:noProof/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <mc:AlternateContent>
+            <mc:Choice Requires="wpg">
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A39F2E3" wp14:editId="3F4F2F71">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>-134593</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>184704</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="6586220" cy="372068"/>
+                  <wp:effectExtent l="0" t="0" r="5080" b="9525"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="16" name="Group 113"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                      <wpg:wgp>
+                        <wpg:cNvGrpSpPr>
+                          <a:grpSpLocks/>
+                        </wpg:cNvGrpSpPr>
+                        <wpg:grpSpPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6586220" cy="372068"/>
+                            <a:chOff x="801" y="2790"/>
+                            <a:chExt cx="10372" cy="636"/>
+                          </a:xfrm>
+                        </wpg:grpSpPr>
+                        <wpg:grpSp>
+                          <wpg:cNvPr id="17" name="Group 114"/>
+                          <wpg:cNvGrpSpPr>
+                            <a:grpSpLocks/>
+                          </wpg:cNvGrpSpPr>
+                          <wpg:grpSpPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="1274" y="2790"/>
+                              <a:ext cx="9899" cy="636"/>
+                              <a:chOff x="1479" y="15747"/>
+                              <a:chExt cx="9899" cy="636"/>
+                            </a:xfrm>
+                          </wpg:grpSpPr>
+                          <wps:wsp>
+                            <wps:cNvPr id="18" name="Text Box 115"/>
+                            <wps:cNvSpPr txBox="1">
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="1479" y="15747"/>
+                                <a:ext cx="9899" cy="636"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                    <a:solidFill>
+                                      <a:srgbClr val="000080"/>
+                                    </a:solidFill>
+                                    <a:miter lim="800000"/>
+                                    <a:headEnd/>
+                                    <a:tailEnd/>
+                                  </a14:hiddenLine>
+                                </a:ext>
+                              </a:extLst>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="7754BC34" w14:textId="77777777" w:rsidR="00AA5F4F" w:rsidRPr="00993624" w:rsidRDefault="00AA5F4F" w:rsidP="00AA5F4F">
+                                  <w:pPr>
+                                    <w:pStyle w:val="NormalWeb"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                      <w:sz w:val="14"/>
+                                      <w:szCs w:val="14"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00993624">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                      <w:sz w:val="14"/>
+                                      <w:szCs w:val="14"/>
+                                    </w:rPr>
+                                    <w:t>Avenida Tenente Coronel José Agostinho 9700-108 Angra do Heroísmo | Telefone: 3000 77 000| E-Clic  </w:t>
+                                  </w:r>
+                                  <w:hyperlink r:id="rId1" w:history="1">
+                                    <w:r w:rsidRPr="00993624">
+                                      <w:rPr>
+                                        <w:rStyle w:val="Hiperligao"/>
+                                        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                        <w:color w:val="000000" w:themeColor="text1"/>
+                                        <w:sz w:val="14"/>
+                                        <w:szCs w:val="14"/>
+                                      </w:rPr>
+                                      <w:t>www.seg-social.pt</w:t>
+                                    </w:r>
+                                  </w:hyperlink>
+                                </w:p>
+                                <w:p w14:paraId="08C4FE38" w14:textId="77777777" w:rsidR="00AA5F4F" w:rsidRPr="00541AB1" w:rsidRDefault="00AA5F4F" w:rsidP="00AA5F4F"/>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </wpg:grpSp>
+                        <wps:wsp>
+                          <wps:cNvPr id="19" name="Line 116"/>
+                          <wps:cNvCnPr>
+                            <a:cxnSpLocks noChangeShapeType="1"/>
+                          </wps:cNvCnPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="801" y="2796"/>
+                              <a:ext cx="9900" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln w="6350">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                            <a:extLst>
+                              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                  <a:noFill/>
+                                </a14:hiddenFill>
+                              </a:ext>
+                            </a:extLst>
+                          </wps:spPr>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                      </wpg:wgp>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </mc:Choice>
+            <mc:Fallback>
+              <w:pict>
+                <v:group w14:anchorId="6A39F2E3" id="Group 113" o:spid="_x0000_s1026" style="position:absolute;margin-left:-10.6pt;margin-top:14.55pt;width:518.6pt;height:29.3pt;z-index:251659264" coordorigin="801,2790" coordsize="10372,636" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXDCxqHgMAAB8IAAAOAAAAZHJzL2Uyb0RvYy54bWy0Vdtu2zAMfR+wfxD0vvrSXI06RZdeMKDb&#10;CrT7AEWWL5gtaZISO/v6UpLjpmmzAt3mB0MyRZrn8JA6O++aGm2Y0pXgKY5OQowYpyKreJHiHw/X&#10;n2YYaUN4RmrBWYq3TOPzxccPZ61MWCxKUWdMIQjCddLKFJfGyCQINC1ZQ/SJkIyDMReqIQa2qggy&#10;RVqI3tRBHIaToBUqk0pQpjV8vfRGvHDx85xR8z3PNTOoTjHkZtxbuffKvoPFGUkKRWRZ0T4N8o4s&#10;GlJx+OkQ6pIYgtaqehGqqagSWuTmhIomEHleUeYwAJooPEBzo8RaOixF0hZyoAmoPeDp3WHpt82N&#10;kvfyTvnsYXkr6E8NvAStLJJ9u90X/jBatV9FBvUkayMc8C5XjQ0BkFDn+N0O/LLOIAofJ+PZJI6h&#10;DBRsp9M4nMx8AWgJVbJuszDCCIzxdN7XhpZXvXcUgov3nZxOrGNAEv9bl2qfmi19n6dfAoQ7haoM&#10;5DnFiJMG0nbMoiga2TCHOG0V/xUPUTwdHSDasTGfzefP4JBk4CEaTcEGRETj6Wi6I2nHxAvPo0RA&#10;U+kn3ei/0819SSRzctRWFztSocM9qQ8W2WfRAa9jz6s7Z8WFTAcGgOO0or3GEBfLkvCCXSgl2pKR&#10;DBKMXGFbObja+uhE2yBvie411o6yPXBGEqm0uWGiQXaRYgVTw+VJNrfaeJ3tjliJa1FX2XVV126j&#10;itWyVmhDYMJcu8chODhWc3uYC+vmI9ovoFsPzYM03apzetTJSmRbQKyEn1gwYWFRCvUboxamVYr1&#10;rzVRDKP6CwfW5tFoZMeb24zG0FoYqX3Lat9COIVQKTYY+eXS+JG4lqoqSviTrxMXF9DeeeU4sKn6&#10;rPq8QVn9kHDt4iH8f7lBX3i53VacgdTcJOj1suR+jtGO93Ns0JgT78NWQvM/k5h32dXhTYntDSj3&#10;Y5IMApuH/WRzk+u4vGrI+0/yGkRCkpqjFsbm6Tj0fXNUeKF7XhMeXCE8A1GRxDbYVb82pKr9GvJ8&#10;RYm+0FaolpmnSsMtBN+eXXP7e3f+6V5fPAIAAP//AwBQSwMEFAAGAAgAAAAhAA2hpfXhAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8tqwzAQRfeF/oOYQneJLJfm4XgcQmi7CoUmhdLdxJ7YJpZk&#10;LMV2/r7KqlkOc7j33HQ96kb03LnaGgQ1jUCwyW1RmxLh+/A+WYBwnkxBjTWMcGUH6+zxIaWksIP5&#10;4n7vSxFCjEsIofK+TaR0ecWa3NS2bMLvZDtNPpxdKYuOhhCuGxlH0Uxqqk1oqKjlbcX5eX/RCB8D&#10;DZsX9dbvzqft9ffw+vmzU4z4/DRuViA8j/4fhpt+UIcsOB3txRRONAiTWMUBRYiXCsQNiNQsrDsi&#10;LOZzkFkq7ydkfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCXDCxqHgMAAB8IAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQANoaX14QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAHgFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAhgYAAAAA&#10;">
+                  <v:group id="Group 114" o:spid="_x0000_s1027" style="position:absolute;left:1274;top:2790;width:9899;height:636" coordorigin="1479,15747" coordsize="9899,636" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBi1FpuwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLHjTtLuoS9coIq54EEFdEG9DM7bFZlKa2NZ/bwTB2zze50znnSlFQ7UrLCuIhxEI4tTq&#10;gjMF/8e/wQ8I55E1lpZJwZ0czGcfvSkm2ra8p+bgMxFC2CWoIPe+SqR0aU4G3dBWxIG72NqgD7DO&#10;pK6xDeGmlF9RNJYGCw4NOVa0zCm9Hm5GwbrFdvEdr5rt9bK8n4+j3Wkbk1L9z27xC8JT59/il3uj&#10;w/wJPH8JB8jZAwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGLUWm7BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                    <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path gradientshapeok="t" o:connecttype="rect"/>
+                    </v:shapetype>
+                    <v:shape id="Text Box 115" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:1479;top:15747;width:9899;height:636;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC2i6o1xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvBb/DMgVvdVMpUlJXUUHsRfBPEY9jdswGs7Mhu8b023cOQm8zvDfv/WY6732tOmpjFdjA+ygD&#10;RVwEW3Fp4Oe4fvsEFROyxTowGfilCPPZ4GWKuQ0P3lN3SKWSEI45GnApNbnWsXDkMY5CQyzaNbQe&#10;k6xtqW2LDwn3tR5n2UR7rFgaHDa0clTcDndvoMPjPTt9nDYXX5+313LXn9duaczwtV98gUrUp3/z&#10;8/rbCr7Ayi8ygJ79AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALaLqjXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" stroked="f" strokecolor="navy">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p w14:paraId="7754BC34" w14:textId="77777777" w:rsidR="00AA5F4F" w:rsidRPr="00993624" w:rsidRDefault="00AA5F4F" w:rsidP="00AA5F4F">
+                            <w:pPr>
+                              <w:pStyle w:val="NormalWeb"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00993624">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Avenida Tenente Coronel José Agostinho 9700-108 Angra do Heroísmo | Telefone: 3000 77 000| E-Clic  </w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId2" w:history="1">
+                              <w:r w:rsidRPr="00993624">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hiperligao"/>
+                                  <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                  <w:color w:val="000000" w:themeColor="text1"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                                <w:t>www.seg-social.pt</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                          </w:p>
+                          <w:p w14:paraId="08C4FE38" w14:textId="77777777" w:rsidR="00AA5F4F" w:rsidRPr="00541AB1" w:rsidRDefault="00AA5F4F" w:rsidP="00AA5F4F"/>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:shape>
+                  </v:group>
+                  <v:line id="Line 116" o:spid="_x0000_s1029" style="position:absolute;visibility:visible;mso-wrap-style:square" from="801,2796" to="10701,2796" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAfuYCGwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CCN40VUTcrlFcRVjwINW97G1oxrbaTEoSte6vN4LgbR7vc2aL1tTiSs5XlhUMBwkI4tzq&#10;igsFv4dNfwrCB2SNtWVScCcPi/lHZ4aptjfO6LoPhYgh7FNUUIbQpFL6vCSDfmAb4sgdrTMYInSF&#10;1A5vMdzUcpQkE2mw4thQYkOrkvLz/mIUTA+NX99Xfxu7c6f/bDvOaIzfSvW67fILRKA2vMUv94+O&#10;8z/h+Us8QM4fAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB+5gIbBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokeweight=".5pt"/>
+                </v:group>
+              </w:pict>
+            </mc:Fallback>
+          </mc:AlternateContent>
+        </w:r>
+        <w:r w:rsidR="00FD1EBB">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve">                                                                                           </w:t>
         </w:r>
-        <w:r w:rsidRPr="00206237">
+        <w:r w:rsidR="00FD1EBB" w:rsidRPr="00206237">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>IMP</w:t>
         </w:r>
         <w:r w:rsidR="00CC7FEA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>148</w:t>
         </w:r>
-        <w:r w:rsidRPr="00206237">
+        <w:r w:rsidR="00FD1EBB" w:rsidRPr="00206237">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>.DEP.AS (00)</w:t>
+          <w:t>.</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00A86032">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>NATI</w:t>
+        </w:r>
+        <w:r w:rsidR="00FD1EBB" w:rsidRPr="00206237">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (00)</w:t>
+        </w:r>
+        <w:r w:rsidR="00FD1EBB">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve">                  </w:t>
         </w:r>
-        <w:r w:rsidRPr="00206237">
+        <w:r w:rsidR="00FD1EBB" w:rsidRPr="00206237">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00FD1EBB">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve">                                                               </w:t>
         </w:r>
         <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="14"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Pág. </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="14"/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="14"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve">PAGE  </w:instrText>
         </w:r>
         <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="14"/>
+          </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005842F9">
+        <w:r>
           <w:rPr>
-            <w:noProof/>
+            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="14"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="14"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="14"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="14"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="14"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="14"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="14"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="14"/>
+          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00702F3B" w:rsidRDefault="00FD1EBB">
+  <w:p w14:paraId="73AB27DA" w14:textId="79D00403" w:rsidR="00702F3B" w:rsidRDefault="00702F3B">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
-    <w:r w:rsidRPr="00FD1EBB">
-[...356 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E65145" w:rsidRDefault="00E65145" w:rsidP="009F0E28">
+    <w:p w14:paraId="1F1E6DE1" w14:textId="77777777" w:rsidR="00F834A0" w:rsidRDefault="00F834A0" w:rsidP="009F0E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E65145" w:rsidRDefault="00E65145" w:rsidP="009F0E28">
+    <w:p w14:paraId="184BA6EB" w14:textId="77777777" w:rsidR="00F834A0" w:rsidRDefault="00F834A0" w:rsidP="009F0E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="009F0E28" w:rsidRDefault="009F0E28">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="73AB27D3" w14:textId="77777777" w:rsidR="009F0E28" w:rsidRDefault="009F0E28">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r w:rsidRPr="00CE0B08">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pt-PT"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25C9CE92" wp14:editId="4A068171">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73AB27DD" wp14:editId="73AB27DE">
           <wp:extent cx="1422400" cy="736600"/>
           <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
           <wp:docPr id="2" name="Imagem 2" descr="X:\DGR\DSTI\Chefe - DSTI\DSTI\ISSA oficios\Logo ISSA.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 16" descr="X:\DGR\DSTI\Chefe - DSTI\DSTI\ISSA oficios\Logo ISSA.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1422400" cy="736600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="009F0E28" w:rsidRDefault="009F0E28">
+  <w:p w14:paraId="73AB27D4" w14:textId="77777777" w:rsidR="009F0E28" w:rsidRDefault="009F0E28">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9638"/>
     </w:tblGrid>
-    <w:tr w:rsidR="009F0E28" w:rsidRPr="00270FFA" w:rsidTr="002011BA">
+    <w:tr w:rsidR="009F0E28" w:rsidRPr="00270FFA" w14:paraId="73AB27D6" w14:textId="77777777" w:rsidTr="002011BA">
       <w:trPr>
         <w:trHeight w:val="464"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9778" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="009F0E28" w:rsidRPr="009F0E28" w:rsidRDefault="00740E8C" w:rsidP="009F0E28">
+        <w:p w14:paraId="73AB27D5" w14:textId="77777777" w:rsidR="009F0E28" w:rsidRPr="009F0E28" w:rsidRDefault="00740E8C" w:rsidP="009F0E28">
           <w:pPr>
             <w:pStyle w:val="Cabealho"/>
             <w:jc w:val="center"/>
             <w:rPr>
-              <w:rStyle w:val="nfaseIntenso"/>
+              <w:rStyle w:val="nfaseIntensa"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="nfaseIntenso"/>
+              <w:rStyle w:val="nfaseIntensa"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:i w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">REQUERIMENTO </w:t>
           </w:r>
           <w:r w:rsidR="004C33D4">
             <w:rPr>
-              <w:rStyle w:val="nfaseIntenso"/>
+              <w:rStyle w:val="nfaseIntensa"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:i w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>EXERCÍCIO DA ATIVIDADE DE AMA</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="009F0E28" w:rsidRDefault="009F0E28">
+  <w:p w14:paraId="73AB27D7" w14:textId="77777777" w:rsidR="009F0E28" w:rsidRDefault="009F0E28">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25672569"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E99EF92E"/>
     <w:lvl w:ilvl="0" w:tplc="08160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10305,225 +10453,247 @@
     <w:lvl w:ilvl="7" w:tplc="08160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1517891474">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="86704795">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1521577995">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1468358429">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2063213755">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1010718504">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="EnTY18B1juctwRdkYyEcmNL2WyN35kH8z6GDlYnTvkYHDDcjJqCyDCoe69eX6Vu64AXih2G3htkcH0PN4ahtHw==" w:salt="gsvSFpoI0WhvxMiaP6xgVg=="/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="87"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="35hwZcjpyLKhpmAk6WbBabpFsrsIG7eQ45XrpgnhhFHst1XLAmGDiSHuKhl+vbq2JwM4AsN6ITQnB+9I20wQiA==" w:salt="ao3RzLIoOCI2HADpWK9vHQ=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F0E28"/>
+    <w:rsid w:val="000269C2"/>
     <w:rsid w:val="000A1EC5"/>
     <w:rsid w:val="0014262E"/>
     <w:rsid w:val="0019657A"/>
+    <w:rsid w:val="001E73EF"/>
+    <w:rsid w:val="003A6FC3"/>
     <w:rsid w:val="00420FAA"/>
     <w:rsid w:val="00481D27"/>
+    <w:rsid w:val="004A4F5B"/>
     <w:rsid w:val="004C33D4"/>
+    <w:rsid w:val="004D2787"/>
     <w:rsid w:val="004F77FC"/>
     <w:rsid w:val="005144BD"/>
+    <w:rsid w:val="00544E66"/>
     <w:rsid w:val="005842F9"/>
     <w:rsid w:val="00596173"/>
+    <w:rsid w:val="005F4D25"/>
     <w:rsid w:val="00665E81"/>
     <w:rsid w:val="006A1D05"/>
     <w:rsid w:val="006F2D1E"/>
     <w:rsid w:val="00702F3B"/>
     <w:rsid w:val="00704F21"/>
     <w:rsid w:val="00740E8C"/>
+    <w:rsid w:val="00747BDE"/>
     <w:rsid w:val="00750E41"/>
     <w:rsid w:val="007768D2"/>
     <w:rsid w:val="007A41F2"/>
     <w:rsid w:val="007C3A23"/>
     <w:rsid w:val="00836F5A"/>
+    <w:rsid w:val="008B3768"/>
     <w:rsid w:val="00955E1E"/>
+    <w:rsid w:val="00974B69"/>
+    <w:rsid w:val="009B56AD"/>
     <w:rsid w:val="009E2EE8"/>
     <w:rsid w:val="009F0E28"/>
+    <w:rsid w:val="00A86032"/>
+    <w:rsid w:val="00AA5F4F"/>
     <w:rsid w:val="00AE304C"/>
+    <w:rsid w:val="00AE4061"/>
+    <w:rsid w:val="00BC04E9"/>
     <w:rsid w:val="00BD0E81"/>
+    <w:rsid w:val="00C63A1A"/>
     <w:rsid w:val="00CC4232"/>
+    <w:rsid w:val="00CC53D3"/>
     <w:rsid w:val="00CC7FEA"/>
+    <w:rsid w:val="00D570EA"/>
     <w:rsid w:val="00E53CC8"/>
     <w:rsid w:val="00E65145"/>
     <w:rsid w:val="00E723A8"/>
     <w:rsid w:val="00E85B72"/>
     <w:rsid w:val="00E97BCB"/>
+    <w:rsid w:val="00EE03E5"/>
+    <w:rsid w:val="00F834A0"/>
     <w:rsid w:val="00FD1EBB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="15683FE5"/>
+  <w14:docId w14:val="73AB273A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{61DD1C1B-354E-4DB4-BEA9-2400C7DA802A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10809,50 +10979,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Tipodeletrapredefinidodopargrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -10866,152 +11041,171 @@
   <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CabealhoCarter"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0E28"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoCarter">
     <w:name w:val="Cabeçalho Caráter"/>
     <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:link w:val="Cabealho"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009F0E28"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="RodapCarter"/>
-    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0E28"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RodapCarter">
     <w:name w:val="Rodapé Caráter"/>
     <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:link w:val="Rodap"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009F0E28"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoCarter1">
     <w:name w:val="Cabeçalho Caráter1"/>
     <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:rsid w:val="009F0E28"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="nfaseIntenso">
+  <w:style w:type="character" w:styleId="nfaseIntensa">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="009F0E28"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabelacomgrelha">
+  <w:style w:type="table" w:styleId="TabelacomGrelha">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="0019657A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00702F3B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PargrafodaLista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000A1EC5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Nmerodepgina">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:rsid w:val="00AA5F4F"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hiperligao">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA5F4F"/>
+    <w:rPr>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=http%3A%2F%2Fwww.seg-social.pt%2F&amp;data=05%7C02%7CCatarina.M.Araujo%40seg-social.pt%7C8f83f6564e4847a93f6b08dc1e6ef687%7C0144f955d00243b2b20d9cd06a7b1bdc%7C0%7C0%7C638418709125786127%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=QrHewq03pC%2BjVGOECyb06pZF5rKMAC52aoAl6Q38Zgw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=http%3A%2F%2Fwww.seg-social.pt%2F&amp;data=05%7C02%7CCatarina.M.Araujo%40seg-social.pt%7C8f83f6564e4847a93f6b08dc1e6ef687%7C0144f955d00243b2b20d9cd06a7b1bdc%7C0%7C0%7C638418709125786127%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=QrHewq03pC%2BjVGOECyb06pZF5rKMAC52aoAl6Q38Zgw%3D&amp;reserved=0" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11235,86 +11429,990 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<MENU label="Campos" version="1">
+  <NODE label="Novo Registo" type="NewCard" replaceValue="false">
+    <FIELD label="Nº de Registo">
+      <TAG><![CDATA[#NOVOREGISTO:NUMERO#]]></TAG>
+      <VALUE><![CDATA[#NOVOREGISTO:NUMERO#]]></VALUE>
+      <XPATH><![CDATA[/CARD/cardKeyToString]]></XPATH>
+    </FIELD>
+    <FIELD label="Código de barras do Nº de Registo" dtype="barcode" barcodetype="pdf417">
+      <TAG><![CDATA[#NOVOREGISTO:CODIGOBARRAS#]]></TAG>
+      <VALUE>iVBORw0KGgoAAAANSUhEUgAAAMoAAABQCAYAAABYmOqNAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAphSURBVHhe7djBqiNBsoPhfv+XnsFQBcV3Uw5l+qzm1g/itEKKsHPhTf/7z8vLy8g/By8vL/+X94fy8lLw/lBeXgp+/qH8+/fvJ3mn9XJ6N5HuTdhPXol56iXcc7/1ahf3W7mfMNdP85bzzQsfuCvvtF5O7ybSvQn7ySsxT72Ee+63Xu3ifiv3E+b6ad5yvnnhA3flndaLdye5N3mVSD3nk9zTKzFX9pJP7PZ25X7CXD/NW843L3zgrrzTevHuJPcmrxKp53ySe3ol5spe8ond3q7cT5jrp3nL+eaFD9yVd1ovv96d1OLeJPdkt3/jnv3Wt0rYa+V+wlw/zVvONy984K6803r59e6kFvcmuSe7/Rv37Le+VcJeK/cT5vpp3nK+eeEDd+Wd1kt7t52nfGLad66X6V4i7SWf1Pbs7+4p9xPm+mnecr554QN35Z3WS3u3nad8Ytp3rpfpXiLtJZ/U9uzv7in3E+b6ad5yvnnhA3flndaLd+0nr2TKJfW8k2RfrxKpl7xqmfrebeV+wlw/zVvONy984K6803rxrv3klUy5pJ53kuzrVSL1klctU9+7rdxPmOunecv55oUP3JV3Wi/eTbKvVxP2klcpT9g77buXfJK9CfdbuZ8w10/zlvPNCx+4K++0XrybZF+vJuwlr1KesHfady/5JHsT7rdyP2Gun+Yt55sXPnBX3mm9tHedJ7W91NdPc/PUa7Gvd67afMK9Vu4nzPXTvOV888IH7so7rZf2rvOktpf6+mlunnot9vXOVZtPuNfK/YS5fpq3nG9e+MBdeaf1Yp78pImpn3K980libs/5JPfEufvmU2+S+wlz/TRvOd+88IG78k7rxTz5SRNTP+V655PE3J7zSe6Jc/fNp94k9xPm+mnecr554QN35Z3Wi7neubnzpAn77unF3DuT0p5zmfqtxLyV+wlz/TRvOd+88IG78k7rxVzv3Nx50oR99/Ri7p1Jac+5TP1WYt7K/YS5fpq3nG9e+MBdeaf1Yq4Xv8df9XdzNfWknetl+pybtndjv5X7CXP9NG8537zwgbvyTuvFXC9+j7/q7+Zq6kk718v0OTdt78Z+K/cT5vpp3nK+eeEDd+Wd1ot37eudq5RP2E975vacK3vyaz/1ZOp5r5X7CXP9NG8537zwgbvyTuvFu/b1zlXKJ+ynPXN7zpU9+bWfejL1vNfK/YS5fpq3nG9e+MBdeaf10t6VlHsvSZzrpb03SZzrpc2TEvZauZ8w10/zlvPNCx+4K++0Xtq7knLvJYlzvbT3JolzvbR5UsJeK/cT5vpp3nK+eeEDd+Wd1kt7dyL1031JPb24l/rmyl7yiXQvMfXNW7mfMNdP85bzzQsfuCvvtF7auxOpn+5L6unFvdQ3V/aST6R7ialv3sr9hLl+mrecb174wF15p/XiXWUvYa6f8HNV4q9zP1fZS0z5Ter5ua3cT5jrp3nL+eaFD9yVd1ov3lX2Eub6CT9XJf4693OVvcSU36Sen9vK/YS5fpq3nG9e+MBdeaf14l1lb8J9ZS/5ifaucyXm9vQJ95Ps63flfsJcP81bzjcvfOCuvNN68a6yN+G+spf8RHvXuRJze/qE+0n29btyP2Gun+Yt55sXPnBX3mm9pNx5+vw2n3BfnfaST3gv7TnXi/dO+5PcT5jrp3nL+eaFD9yVd1ovKXeePr/NJ9xXp73kE95Le8714r3T/iT3E+b6ad5yvnnhA3flndaLuV78HkrSXOx519yeflIi9fTiXtLUn/JJ7ifM9dO85XzzwgfuyjutF3O9+D2UpLnY8665Pf2kROrpxb2kqT/lk9xPmOunecv55oUP3JV3Wi/enSTO7U+5c3Gud57UkvrOvd/mSWLeyv2EuX6at5xvXvjAXXmn9eLdSeLc/pQ7F+d650ktqe/c+22eJOat3E+Y66d5y/nmhQ/clXdaL9PdNG9p+1MvfR+Zeml+475KPediP/Vu7LVyP2Gun+Yt55sXPnBX3mm9THfTvKXtT730fWTqpfmN+yr1nIv91Lux18r9hLl+mrecb174wF15p/XS3k24r1JPzJMSU8+53nmSvRb7evFzW7mfMNdP85bzzQsfuCvvtF7auwn3VeqJeVJi6jnXO0+y12JfL35uK/cT5vpp3nK+eeEDd+Wd1ot5+zkt3kt30vwm7esT7qe9X+feVy3utXI/Ya6f5i3nmxc+cFfeab2Yt5/T4r10J81v0r4+4X7a+3XufdXiXiv3E+b6ad5yvnnhA3flndZLyqd5yqXtm7tnnrDvnl7Mpzsq5bu438r9hLl+mrecb174wF15p/WS8mmecmn75u6ZJ+y7pxfz6Y5K+S7ut3I/Ya6f5i3nmxc+cFfeab14N0mcJ+88YT/JvqR+yu05V+Jcn5h6fm4r9xPm+mnecr554QN35Z3Wi3eTxHnyzhP2k+xL6qfcnnMlzvWJqefntnI/Ya6f5i3nmxc+cFfeab2YT5+T1PZUu2dPn5RIuftJqZ/mSpzbb+V+wlw/zVvONy984K6803oxnz4nqe2pds+ePimRcveTUj/NlTi338r9hLl+mrecb174wF15p/Uy3XU+5Wk+kfppfuPn/dp3rlJP0vzGffvOW7mfMNdP85bzzQsfuCvvtF6mu86nPM0nUj/Nb/y8X/vOVepJmt+4b995K/cT5vpp3nK+eeEDd+Wd1ot3U9+5fXOZeuapd2Punpp6bW5PnzT1xLyV+wlz/TRvOd+88IG78k7rxbup79y+uUw989S7MXdPTb02t6dPmnpi3sr9hLl+mrecb768/D/i/aG8vBS8P5SXl4L3h/LyUvD+UF5eCt4fystLwftDeXkp2P6h3P8X7d8nzlb/P37PVzj/tq+azNz5qvNtvrqxmq/41k3Z9Nn6Ve8m5X6G+c1q7t6z43y1fzNl0417nvIdti/44asv+vQ72c23zrfsOVtlN2arm3ZWM/1qpn9itvoeK99m33qTN1vNbp/mq9m3bDX7lrWzVbZLfeHzYeqeP/+m2ZNVd+XNbr7d/5Z9mOb+/YYd/c3qZup+SNnqTspWnQ+/5M5SV/+cfctWs29Z4pOrX9m6sPry7ezJqrvyZjfP++rZUc/dxOpGwkx/s5qvZjcp+/YGs1XnScqf+yulrnPVZE/S7Ztvux+m/V22rqw+fPVv/4rz1NffrPp29TfOP/7WKn92xJn+ZjVfzW5SNn3H1d9nPr3zw7f8OTNPWdt74lz/5Pkm58+/v1Jfub/QU/f82Vn9Feepr79p+mY30zzlH8wmf7Oar2Y3Kfv2Hc1WnQ+/5M/Z599q1dN/y54zNeFnqF+pL9wf5oeuvF/afEU7b2+bPTFb7dlZzfSrmf6J2ep7rHybfetN3uw5W2UfUv7t7uRvvt1wlr7HL9SX0ofrV7OPv5WYstW+/jl77qTdNF917N35irSjv2er7rfs2/da+VXvJuV+xjO3e3PPV3mT+e8nztN3u7Pn37/g7y69vPwP8/5QXl4K3h/Ky0vB+0N5eSl4fygvLwXvD+XlpeD9oby8FLw/lJeXgveH8vJS8F9Lr2beLvAMNQAAAABJRU5ErkJggg==</VALUE>
+      <XPATH><![CDATA[/CARD/cardKeyToString]]></XPATH>
+    </FIELD>
+    <FIELD label="Assunto">
+      <TAG><![CDATA[#NOVOREGISTO:ASSUNTO#]]></TAG>
+      <VALUE><![CDATA[#NOVOREGISTO:ASSUNTO#]]></VALUE>
+      <XPATH><![CDATA[/CARD/GENERAL_DATA/SUBJECT]]></XPATH>
+    </FIELD>
+    <FIELD label="Observações">
+      <TAG><![CDATA[#NOVOREGISTO:OBSERVACOES#]]></TAG>
+      <VALUE><![CDATA[#NOVOREGISTO:OBSERVACOES#]]></VALUE>
+      <XPATH><![CDATA[/CARD/GENERAL_DATA/COMMENTS]]></XPATH>
+    </FIELD>
+    <FIELD label="Data" dtype="D">
+      <TAG><![CDATA[#NOVOREGISTO:DATA#]]></TAG>
+      <VALUE><![CDATA[#NOVOREGISTO:DATA#]]></VALUE>
+      <XPATH><![CDATA[/CARD/GENERAL_DATA/CREATED_ON]]></XPATH>
+    </FIELD>
+    <NODE label="Código">
+      <FIELD label="Livro">
+        <TAG><![CDATA[#NOVOREGISTO:CODIGO:LIVRO#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CODIGO:LIVRO#]]></VALUE>
+        <XPATH><![CDATA[/CARD/GENERAL_DATA/CARD_KEY_COMPOSITE/BOOK_KEY/BookName]]></XPATH>
+      </FIELD>
+      <FIELD label="Ano">
+        <TAG><![CDATA[#NOVOREGISTO:CODIGO:ANO#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CODIGO:ANO#]]></VALUE>
+        <XPATH><![CDATA[/CARD/GENERAL_DATA/CARD_KEY_COMPOSITE/Year]]></XPATH>
+      </FIELD>
+      <FIELD label="Número">
+        <TAG><![CDATA[#NOVOREGISTO:CODIGO:NUMERO#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CODIGO:NUMERO#]]></VALUE>
+        <XPATH><![CDATA[/CARD/GENERAL_DATA/CARD_KEY_COMPOSITE/Code]]></XPATH>
+      </FIELD>
+    </NODE>
+    <NODE label="Classificação" type="CardClassitication">
+      <FIELD label="Descrição">
+        <TAG><![CDATA[#NOVOREGISTO:CLASSIFICACAO:DESCRICAO#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CLASSIFICACAO:DESCRICAO#]]></VALUE>
+        <XPATH><![CDATA[/CARD/CLASSIFICATIONS/CLASSIFICATION[1]/DESCRIPTION]]></XPATH>
+      </FIELD>
+      <FIELD label="Código">
+        <TAG><![CDATA[#NOVOREGISTO:CLASSIFICACAO:CODIGO#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CLASSIFICACAO:CODIGO#]]></VALUE>
+        <XPATH><![CDATA[/CARD/CLASSIFICATIONS/CLASSIFICATION[1]/KEY]]></XPATH>
+      </FIELD>
+    </NODE>
+    <NODE label="Processo" type="CardProcess">
+      <FIELD label="Código">
+        <TAG><![CDATA[#NOVOREGISTO:PROCESSO:CODIGO#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:PROCESSO:CODIGO#]]></VALUE>
+        <XPATH><![CDATA[/CARD/PROCESSES/PROCESS[1]/PROCESS_CODE]]></XPATH>
+      </FIELD>
+      <FIELD label="Assunto">
+        <TAG><![CDATA[#NOVOREGISTO:PROCESSO:ASSUNTO#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:PROCESSO:ASSUNTO#]]></VALUE>
+        <XPATH><![CDATA[/CARD/PROCESSES/PROCESS[1]/SUBJECT]]></XPATH>
+      </FIELD>
+    </NODE>
+    <NODE label="Entidade" type="CardEntity">
+      <FIELD label="Nome">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:NOME#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:NOME#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/NAME]]></XPATH>
+      </FIELD>
+      <FIELD label="Organização">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:ORGANIZAÇÃO#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:ORGANIZAÇÃO#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/ORGANIZATION]]></XPATH>
+      </FIELD>
+      <FIELD label="Email">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:EMAIL#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:EMAIL#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/EMAIL]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Tratamento" source-type="EntityFields">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:Tratamento#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:Tratamento#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Tratamento']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Título" source-type="EntityFields">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:Título#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:Título#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Título']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Cargo" source-type="EntityFields">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:Cargo#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:Cargo#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Cargo']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Telefone" source-type="EntityFields">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:Telefone#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:Telefone#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Telefone']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Fax" source-type="EntityFields">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:Fax#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:Fax#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Fax']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Telemóvel" source-type="EntityFields">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:Telemóvel#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:Telemóvel#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Telemóvel']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Morada" source-type="EntityFields">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:Morada#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:Morada#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Morada']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Localidade" source-type="EntityFields">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:Localidade#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:Localidade#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Localidade']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Codigo_Postal" source-type="EntityFields">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:Codigo_Postal#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:Codigo_Postal#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Codigo_Postal']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="País" source-type="EntityFields">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:País#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:País#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='País']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="HomePage" source-type="EntityFields">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:HomePage#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:HomePage#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='HomePage']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Notas" source-type="EntityFields">
+        <TAG><![CDATA[#NOVOREGISTO:ENTIDADE:Notas#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:ENTIDADE:Notas#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Notas']/VALUE]]></XPATH>
+      </FIELD>
+    </NODE>
+    <NODE label="Distribuição" type="CardDistribution">
+      <FIELD label="Código">
+        <TAG><![CDATA[#NOVOREGISTO:DISTRIBUICAO:CODIGO#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:DISTRIBUICAO:CODIGO#]]></VALUE>
+        <XPATH><![CDATA[/CARD/DISTRIBUTIONS/DISTRIBUTION[1]/KEY]]></XPATH>
+      </FIELD>
+      <FIELD label="Assunto">
+        <TAG><![CDATA[#NOVOREGISTO:DISTRIBUICAO:ASSUNTO#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:DISTRIBUICAO:ASSUNTO#]]></VALUE>
+        <XPATH><![CDATA[/CARD/DISTRIBUTIONS/DISTRIBUTION[1]/SUBJECT]]></XPATH>
+      </FIELD>
+    </NODE>
+    <NODE label="Documento" type="CardDocument">
+      <FIELD label="Referência" source-type="registerdocument">
+        <TAG><![CDATA[#NOVOREGISTO:DOCUMENTO:REFERENCIA#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:DOCUMENTO:REFERENCIA#]]></VALUE>
+        <XPATH><![CDATA[/REGISTERDOCUMENT/CARD/DOCUMENTS/DOCUMENT/REFERENCE]]></XPATH>
+      </FIELD>
+      <FIELD label="Tipo de Documento" source-type="registerdocument">
+        <TAG><![CDATA[#NOVOREGISTO:DOCUMENTO:TIPO#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:DOCUMENTO:TIPO#]]></VALUE>
+        <XPATH><![CDATA[/REGISTERDOCUMENT/CARD/DOCUMENTS/DOCUMENT/DOCUMENTTYPE]]></XPATH>
+      </FIELD>
+      <FIELD label="Data na Origem" source-type="registerdocument" dtype="D">
+        <TAG><![CDATA[#NOVOREGISTO:DOCUMENTO:DATAORIGEM#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:DOCUMENTO:DATAORIGEM#]]></VALUE>
+        <XPATH><![CDATA[/REGISTERDOCUMENT/CARD/DOCUMENTS/DOCUMENT/ORIGINDATE]]></XPATH>
+      </FIELD>
+    </NODE>
+    <NODE label="Campos Adicionais..." isWindowSelector="true">
+      <FIELD type="AdditionalFields" label="Custom_string" source-type="AdditionalFields">
+        <TAG><![CDATA[#NOVOREGISTO:CA:Custom_string#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CA:Custom_string#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[FIELD='Custom_string']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_data" source-type="AdditionalFields">
+        <TAG><![CDATA[#NOVOREGISTO:CA:Custom_data#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CA:Custom_data#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[FIELD='Custom_data']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_num" source-type="AdditionalFields">
+        <TAG><![CDATA[#NOVOREGISTO:CA:Custom_num#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CA:Custom_num#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[FIELD='Custom_num']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_bool" source-type="AdditionalFields">
+        <TAG><![CDATA[#NOVOREGISTO:CA:Custom_bool#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CA:Custom_bool#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[FIELD='Custom_bool']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_list" source-type="AdditionalFields">
+        <TAG><![CDATA[#NOVOREGISTO:CA:Custom_list#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CA:Custom_list#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[FIELD='Custom_list']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="NISS" source-type="AdditionalFields">
+        <TAG><![CDATA[#NOVOREGISTO:CA:NISS#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CA:NISS#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[FIELD='NISS']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Seccao" source-type="AdditionalFields">
+        <TAG><![CDATA[#NOVOREGISTO:CA:Seccao#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CA:Seccao#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[FIELD='Seccao']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Proc_Tribunal" source-type="AdditionalFields">
+        <TAG><![CDATA[#NOVOREGISTO:CA:Proc_Tribunal#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CA:Proc_Tribunal#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[FIELD='Proc_Tribunal']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Proc_BDNacional" source-type="AdditionalFields">
+        <TAG><![CDATA[#NOVOREGISTO:CA:Proc_BDNacional#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CA:Proc_BDNacional#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[FIELD='Proc_BDNacional']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Nome_ERSS" source-type="AdditionalFields">
+        <TAG><![CDATA[#NOVOREGISTO:CA:Nome_ERSS#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CA:Nome_ERSS#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[FIELD='Nome_ERSS']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Link" source-type="AdditionalFields">
+        <TAG><![CDATA[#NOVOREGISTO:CA:Link#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CA:Link#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[FIELD='Link']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="ClasseEntidade" source-type="AdditionalFields">
+        <TAG><![CDATA[#NOVOREGISTO:CA:ClasseEntidade#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CA:ClasseEntidade#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[FIELD='ClasseEntidade']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="CCVC" source-type="AdditionalFields">
+        <TAG><![CDATA[#NOVOREGISTO:CA:CCVC#]]></TAG>
+        <VALUE><![CDATA[#NOVOREGISTO:CA:CCVC#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[FIELD='CCVC']/VALUE]]></XPATH>
+      </FIELD>
+    </NODE>
+  </NODE>
+  <NODE label="1ºRegisto" type="DistributionFirstCardTemplate" source-type="DistributionFirstCardTemplate" replaceValue="false">
+    <FIELD label="Nº de Registo">
+      <TAG><![CDATA[#PRIMEIROREGISTO:NUMERO#]]></TAG>
+      <VALUE><![CDATA[#PRIMEIROREGISTO:NUMERO#]]></VALUE>
+      <XPATH/>
+    </FIELD>
+    <FIELD label="Código de barras do Nº de Registo" dtype="barcode">
+      <TAG><![CDATA[#PRIMEIROREGISTO:CODIGOBARRAS#]]></TAG>
+      <VALUE>iVBORw0KGgoAAAANSUhEUgAAAMoAAABjCAYAAADadp+OAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAvcSURBVHhe7djRiuXIEkPR/v+fvpcCG8yalEPpeuvODaJKIUWc46FMw/z53+FwGPnj4HA4/JfzohwOBedFORwKfv2i/Pnz51fyTuvFfPITu/0b95JXCXtT/8a+e61Xu7jfyv2EuX6at3zfvPABd+Wd1ov55Cd2+zfuJa8S9qb+jX33Wq92cb+V+wlz/TRv+b554QPuyjutF+9Ocm/yKpFy9ye5l5j2JtlPPpHupbyV+wlz/TRv+b554QPuyjutF+9Ocm/yKpFy9ye5l5j2JtlPPpHupbyV+wlz/TRv+b554QPuyjutl9/endTi3iT3ZLd/45791rdK2GvlfsJcP81bvm9e+IC78k7r5bd3J7W4N8k92e3fuGe/9a0S9lq5nzDXT/OW75sXPuCuvNN68a59fTtXE6nnvL3b9iTtJZ/U9uzv7in3E+b6ad7yffPCB9yVd1ov3rWvb+dqIvWct3fbnqS95JPanv3dPeV+wlw/zVu+b174gLvyTuvFu/aTVzLlMvWme+ZJ4tx+yvWqJe05b+V+wlw/zVu+b174gLvyTuvFu/aTVzLlMvWme+ZJ4tx+yvWqJe05b+V+wlw/zVu+b174gLvyTuvFu0n29WrCnt65uV7cm/o39pU9fZK9CfdbuZ8w10/zlu+bFz7grrzTevFukn29mrCnd26uF/em/o19ZU+fZG/C/VbuJ8z107zl++aFD7gr77RezPXOk8Rcibna7dmXdq53rtp8wr1W7ifM9dO85fvmhQ+4K++0Xsz1zpPEXIm52u3Zl3aud67afMK9Vu4nzPXTvOX75oUPuCvvtF7Mk580MfXNk+wnzNMdsafsye484ee2cj9hrp/mLd83L3zAXXmn9WKe/KSJqW+eZD9hnu6IPWVPducJP7eV+wlz/TRv+b554QPuyjutF3O9c3PnSRNt356yl5j20lymfisxb+V+wlw/zVu+b174gLvyTuvFXO/c3HnSRNu3p+wlpr00l6nfSsxbuZ8w10/zlu+bFz7grrzTejHXi99D7fZSfyL103w3T16mezdt78Z+K/cT5vpp3vJ988IH3JV3Wi/mevF7qN1e6k+kfprv5snLdO+m7d3Yb+V+wlw/zVu+b174gLvyTuvFu/b1zlXKJ+zv7kl7x9y9lIv91JPUd97K/YS5fpq3fN+88AF35Z3Wi3ft652rlE/Y392T9o65eykX+6knqe+8lfsJc/00b/m+eeED7so7rZf2rqTce0ky5Tepl3xSwlwvbZ6UsNfK/YS5fpq3fN+88AF35Z3WS3tXUu69JJnym9RLPilhrpc2T0rYa+V+wlw/zVu+b174gLvyTuvFu/b1E6nvfXvTfMJ995wre8kn0r3E1Ddv5X7CXD/NW75vXviAu/JO68W79vUTqe99e9N8wn33nCt7ySfSvcTUN2/lfsJcP81bvm9e+IC78k7rxbvKXsJcP2Hf76HEuX2VsKfsJaZc7Pu5rdxPmOunecv3zQsfcFfeab14V9lLmOsn7Ps9lDi3rxL2lL3ElIt9P7eV+wlz/TRv+b554QPuyjutF+8qexPuK3uTbzXtmSfcs69PuJ9kX78r9xPm+mne8n3zwgfclXdaL95V9ibcV/Ym32raM0+4Z1+fcD/Jvn5X7ifM9dO85fvmhQ+4K++0XtJdc73zlKee2HN/N09MPe+lvnO9eO9rf5L7CXP9NG/5vnnhA+7KO62XdNdc7zzlqSf23N/NE1PPe6nvXC/e+9qf5H7CXD/NW75vXviAu/JO68VcL34PJWku3kl7KXdubi9hrhc/L0l281buJ8z107zl++aFD7gr77RezPXi91CS5uKdtJdy5+b2EuZ68fOSZDdv5X7CXD/NW75vXviAu/JO68W7k8S5/Sl3Ls71zpNaUt+599s8ScxbuZ8w10/zlu+bFz7grrzTevHuJHFuf8qdi3O986SW1Hfu/TZPEvNW7ifM9dO85fvmhQ+4K++0Xrxrf5q3pDvmE7u91E+5c5V6zsV+6t3Ya+V+wlw/zVu+b174gLvyTuvFu/aneUu6Yz6x20v9lDtXqedc7Kfejb1W7ifM9dO85fvmhQ+4K++0Xtq7CfdV6om5SqRemou5e0n2W+xPd3flfsJcP81bvm9e+IC78k7rpb2bcF+lnpirROqluZi7l2S/xf50d1fuJ8z107zl++aFD7gr77RezNvPafFeuuM89fUT3pn2U97O/RzV4l4r9xPm+mne8n3zwgfclXdaL+bt57R4L91xnvr6Ce9M+ylv536OanGvlfsJc/00b/m+eeED7so7rRfz6XPURNs3b/du7Ke9NtdP8ynfxf1W7ifM9dO85fvmhQ+4K++0Xsynz1ETbd+83buxn/baXD/Np3wX91u5nzDXT/OW75sXPuCuvNN68W6SOE/eeSL19c6TElPPPEmc6xPprvNW7ifM9dO85fvmhQ+4K++0XrybJM6Td55Ifb3zpMTUM08S5/pEuuu8lfsJc/00b/m+eeED7so7rRfz6XOS2p5yT68S5u2euJeU+mmuxLn9Vu4nzPXTvOX75oUPuCvvtF7Mp89JanvKPb1KmLd74l5S6qe5Euf2W7mfMNdP85bvmxc+4K6803pJd80TKZ/uin1lT+885UltP/UkzW/ct++8lfsJc/00b/m+eeED7so7rZd01zyR8umu2Ff29M5TntT2U0/S/MZ9+85buZ8w10/zlu+bFz7grrzTevFu6ju3by5Tz9xemos9+3pJuXPvK0nzhPdauZ8w10/zlu+bFz7grrzTevFu6ju3by5Tz9xemos9+3pJuXPvK0nzhPdauZ8w10/zlu+bFz7grrzTepnuOv+aJ9nXO0+5PedJ4rztp/zGnhLzVu4nzPXTvOX75oUPuCvvtF6mu86/5kn29c5Tbs95kjhv+ym/safEvJX7CXP9NG/5vnnhA+7KO62XlKf5jd/nt3297Ob6lvT9zBPT/o09+85buZ8w10/zlu+bFz7grrzTekl5mt/4fX7b18turm9J3888Me3f2LPvvJX7CXP9NG/5vnnhA+7KO60X7yalvvNEm9vTi3tKdnOVeu28xTut3E+Y66d5y/fNCx9wV95pvXg3KfWdJ9rcnl7cU7Kbq9Rr5y3eaeV+wlw/zVu+bx4O/xDnRTkcCs6LcjgUnBflcCg4L8rhUPD6otz/l2D1fxVW/xfBbJWvfn9iR+32Vp00N3f+tut81Xmbr26s5iveuimbPlu/6t2k3M8wv1nN3Xt2nK/2f0jzL7xeuj/IL/nkLXPm7/admT+Zem/5W/acrbIbs9VNO6uZfjXTPzFbfY+Vb7O33uTNVrPbp/lq9pbpnX9leeXnuHpmdle/r2b+bt+Z+ZOpd89W2Q9v+Vv2wzT35xt29Derm6n7Q8pWd1K26vzwm9xZ6uqfs7dM7/wr8Ur6oDf/87t66779vH9Xz2y39+T5eerZUc/dxOpGwkx/s5qvZjcpe3sGs1XnScqf+yulrnPVZM/O8+dviVfSB719QR9GVnn66e+Seu7ob5rP0984//G3VvmzI870N6v5anaTsuk7rn4+8+k5f3jLnzPzlLW9NNN/YXnh+R/k1jNLmL35+/f009/lrfeW3aw+T292M81T/oPZ5G9W89XsJmVv39Fs1fnhN/lz9vO7WvX0b9nt1W9ZXrgPrz5gNbsxe/O7v8tbb8fvZE/MVnt2VjP9aqZ/Yrb6HivfZm+9yZs9Z6vsh5S/3X3LbtK8Zbmdvmya3ayy9BDt7yr1xNnqxj2Xe+Zn232brzr27nxF2tHfs1X3LXv7Xiu/6t2k3M945nZv7vkq/5r9kOYtv9s+HP4RzotyOBScF+VwKDgvyuFQcF6Uw6Egvijp/1Y88+fPw+FvZvlXvvrjd3ZelMO/xPKv/O2P339p3rqHw99C/Ct/ewnOvyaHf43xL331wpwX5fCvUf+lP18OdTj87Sz/yld//P4rsuocDn8r8a89/atxXpTDv8j5az8cCs6LcjgUnBflcCg4L8rhUHBelMOh4Lwoh0PBeVEOh4LzohwOBedFORwKzotyOBScF+VwKPg/+nzgP7cjWY4AAAAASUVORK5CYII=</VALUE>
+      <XPATH/>
+    </FIELD>
+    <FIELD label="Assunto">
+      <TAG><![CDATA[#PRIMEIROREGISTO:ASSUNTO#]]></TAG>
+      <VALUE><![CDATA[#PRIMEIROREGISTO:ASSUNTO#]]></VALUE>
+      <XPATH/>
+    </FIELD>
+    <FIELD label="Observações">
+      <TAG><![CDATA[#PRIMEIROREGISTO:OBSERVACOES#]]></TAG>
+      <VALUE><![CDATA[#PRIMEIROREGISTO:OBSERVACOES#]]></VALUE>
+      <XPATH/>
+    </FIELD>
+    <FIELD label="Data" dtype="D">
+      <TAG><![CDATA[#PRIMEIROREGISTO:DATA#]]></TAG>
+      <VALUE><![CDATA[#PRIMEIROREGISTO:DATA#]]></VALUE>
+      <XPATH/>
+    </FIELD>
+    <NODE label="Classificação" type="CardClassitication">
+      <FIELD label="Descrição">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CLASSIFICACAO:1:DESCRICAO#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CLASSIFICACAO:1:DESCRICAO#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+      <FIELD label="Código">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CLASSIFICACAO:1:CODIGO#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CLASSIFICACAO:1:CODIGO#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+    </NODE>
+    <NODE label="Processo" type="CardProcess">
+      <FIELD label="Código">
+        <TAG><![CDATA[#PRIMEIROREGISTO:PROCESSO:1:CODIGO#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:PROCESSO:1:CODIGO#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+      <FIELD label="Assunto">
+        <TAG><![CDATA[#PRIMEIROREGISTO:PROCESSO:1:ASSUNTO#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:PROCESSO:1:ASSUNTO#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+    </NODE>
+    <NODE label="Entidade" type="CardEntity">
+      <FIELD label="Nome">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:NOME#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:NOME#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/NAME]]></XPATH>
+      </FIELD>
+      <FIELD label="Organização">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:ORGANIZAÇÃO#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:ORGANIZAÇÃO#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/ORGANIZATION]]></XPATH>
+      </FIELD>
+      <FIELD label="Email">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:EMAIL#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:EMAIL#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/EMAIL]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Tratamento" source-type="EntityFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Tratamento#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Tratamento#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Tratamento']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Título" source-type="EntityFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Título#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Título#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Título']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Cargo" source-type="EntityFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Cargo#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Cargo#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Cargo']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Telefone" source-type="EntityFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Telefone#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Telefone#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Telefone']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Fax" source-type="EntityFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Fax#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Fax#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Fax']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Telemóvel" source-type="EntityFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Telemóvel#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Telemóvel#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Telemóvel']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Morada" source-type="EntityFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Morada#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Morada#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Morada']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Localidade" source-type="EntityFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Localidade#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Localidade#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Localidade']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Codigo_Postal" source-type="EntityFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Codigo_Postal#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Codigo_Postal#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Codigo_Postal']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="País" source-type="EntityFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:País#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:País#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='País']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="HomePage" source-type="EntityFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:HomePage#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:HomePage#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='HomePage']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Notas" source-type="EntityFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Notas#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:ENTIDADE:Notas#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Notas']/VALUE]]></XPATH>
+      </FIELD>
+    </NODE>
+    <NODE label="Documento" type="CardDocument">
+      <FIELD label="Tipo de Documento">
+        <TAG><![CDATA[#PRIMEIROREGISTO:DOCUMENTO:1:TIPO#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:DOCUMENTO:1:TIPO#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+      <FIELD label="Referência">
+        <TAG><![CDATA[#PRIMEIROREGISTO:DOCUMENTO:1:REFERENCIA#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:DOCUMENTO:1:REFERENCIA#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+      <FIELD label="Observações">
+        <TAG><![CDATA[#PRIMEIROREGISTO:DOCUMENTO:1:OBSERVACOES#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:DOCUMENTO:1:OBSERVACOES#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+      <FIELD label="Data na Origem" dtype="D">
+        <TAG><![CDATA[#PRIMEIROREGISTO:DOCUMENTO:1:DATAORIGEM#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:DOCUMENTO:1:DATAORIGEM#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+    </NODE>
+    <NODE label="Campos Adicionais..." isWindowSelector="true">
+      <FIELD type="AdditionalFields" label="Custom_string" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CA:Custom_string#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CA:Custom_string#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_string']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_data" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CA:Custom_data#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CA:Custom_data#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_data']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_num" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CA:Custom_num#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CA:Custom_num#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_num']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_bool" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CA:Custom_bool#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CA:Custom_bool#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_bool']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_list" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CA:Custom_list#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CA:Custom_list#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_list']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="NISS" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CA:NISS#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CA:NISS#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='NISS']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Seccao" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CA:Seccao#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CA:Seccao#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Seccao']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Proc_Tribunal" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CA:Proc_Tribunal#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CA:Proc_Tribunal#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Proc_Tribunal']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Proc_BDNacional" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CA:Proc_BDNacional#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CA:Proc_BDNacional#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Proc_BDNacional']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Nome_ERSS" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CA:Nome_ERSS#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CA:Nome_ERSS#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Nome_ERSS']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Link" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CA:Link#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CA:Link#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Link']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="ClasseEntidade" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CA:ClasseEntidade#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CA:ClasseEntidade#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='ClasseEntidade']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="CCVC" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROREGISTO:CA:CCVC#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROREGISTO:CA:CCVC#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='CCVC']/VALUE]]></XPATH>
+      </FIELD>
+    </NODE>
+  </NODE>
+  <NODE label="1ºProcesso" type="DistributionFirstProcessTemplate" source-type="DistributionFirstProcessTemplate" replaceValue="false">
+    <FIELD label="Nº de Processo">
+      <TAG><![CDATA[#PRIMEIROPROCESSO:NUMERO#]]></TAG>
+      <VALUE><![CDATA[#PRIMEIROPROCESSO:NUMERO#]]></VALUE>
+      <XPATH><![CDATA[/PROCESS/@processKeyToString]]></XPATH>
+    </FIELD>
+    <FIELD label="Assunto">
+      <TAG><![CDATA[#PRIMEIROPROCESSO:ASSUNTO#]]></TAG>
+      <VALUE><![CDATA[#PRIMEIROPROCESSO:ASSUNTO#]]></VALUE>
+      <XPATH><![CDATA[/PROCESS/GENERAL_DATA/Subject]]></XPATH>
+    </FIELD>
+    <FIELD label="Observações">
+      <TAG><![CDATA[#PRIMEIROPROCESSO:OBSERVACOES#]]></TAG>
+      <VALUE><![CDATA[#PRIMEIROPROCESSO:OBSERVACOES#]]></VALUE>
+      <XPATH><![CDATA[/PROCESS/GENERAL_DATA/Comments]]></XPATH>
+    </FIELD>
+    <NODE label="Documentos">
+      <FIELD label="Nome">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:DOCUMENTO:1:NOME#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:DOCUMENTO:1:NOME#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+      <FIELD label="Referência">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:DOCUMENTO:1:REFERENCIA#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:DOCUMENTO:1:REFERENCIA#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+      <FIELD label="Tipo de Documento">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:DOCUMENTO:1:TIPO#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:DOCUMENTO:1:TIPO#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+      <FIELD label="Observações">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:DOCUMENTO:1:OBSERVACOES#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:DOCUMENTO:1:OBSERVACOES#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+      <FIELD label="Data na Origem" dtype="D">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:DOCUMENTO:1:DATAORIGEM#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:DOCUMENTO:1:DATAORIGEM#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+    </NODE>
+    <NODE label="Campos Adicionais..." isWindowSelector="true">
+      <FIELD type="AdditionalFields" label="Custom_string" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:CA:Custom_string#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:CA:Custom_string#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_string']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_data" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:CA:Custom_data#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:CA:Custom_data#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_data']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_num" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:CA:Custom_num#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:CA:Custom_num#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_num']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_bool" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:CA:Custom_bool#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:CA:Custom_bool#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_bool']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_list" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:CA:Custom_list#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:CA:Custom_list#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_list']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="NISS" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:CA:NISS#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:CA:NISS#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='NISS']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Seccao" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:CA:Seccao#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:CA:Seccao#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Seccao']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Proc_Tribunal" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:CA:Proc_Tribunal#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:CA:Proc_Tribunal#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Proc_Tribunal']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Proc_BDNacional" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:CA:Proc_BDNacional#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:CA:Proc_BDNacional#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Proc_BDNacional']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Nome_ERSS" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:CA:Nome_ERSS#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:CA:Nome_ERSS#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Nome_ERSS']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Link" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:CA:Link#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:CA:Link#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Link']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="ClasseEntidade" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:CA:ClasseEntidade#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:CA:ClasseEntidade#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='ClasseEntidade']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="CCVC" source-type="AdditionalFields">
+        <TAG><![CDATA[#PRIMEIROPROCESSO:CA:CCVC#]]></TAG>
+        <VALUE><![CDATA[#PRIMEIROPROCESSO:CA:CCVC#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='CCVC']/VALUE]]></XPATH>
+      </FIELD>
+    </NODE>
+  </NODE>
+  <NODE label="Registo" type="Card" source-type="CardTemplate" replaceValue="false">
+    <FIELD label="Nº de Registo">
+      <TAG><![CDATA[#REGISTO:NUMERO#]]></TAG>
+      <VALUE><![CDATA[#REGISTO:NUMERO#]]></VALUE>
+      <XPATH/>
+    </FIELD>
+    <FIELD label="Código de barras do Nº de Registo" dtype="barcode">
+      <TAG><![CDATA[#REGISTO:CODIGOBARRAS#]]></TAG>
+      <VALUE>iVBORw0KGgoAAAANSUhEUgAAAMoAAABKCAYAAAD61ctwAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAk7SURBVHhe7djtiiTLEYPhvf+bthmoguJxqUOZsx8DzhfEHoUU0Z1j+o9//edwOIz8cnA4HP6X80M5HArOD+VwKPj2D+XXr1/fkndaL961P3nxztS/sZe8avMW973TerWK+63cT5jrp3nL/uaFD1yVd1ov3rU/efHO1L+xl7xq8xb3vdN6tYr7rdxPmOunecv+5oUPXJV3Wi/eneTe5FUi9ZxPck+vxHySe8mLd+w7b+V+wlw/zVv2Ny984Kq803rx7iT3Jq8Sqed8knt6JeaT3EtevGPfeSv3E+b6ad6yv3nhA1flndbLd+9OanFvknuy2r9xz37rWyXstXI/Ya6f5i37mxc+cFXeab189+6kFvcmuSer/Rv37Le+VcJeK/cT5vpp3rK/eeEDV+Wd1ot3k+yLc/eTUl+c21dtb+o71ye1Pfure8r9hLl+mrfsb174wFV5p/Xi3ST74tz9pNQX5/ZV25v6zvVJbc/+6p5yP2Gun+Yt+5sXPnBV3mm9eNd+8kqmXOwrmea/K7eXvJqY+uat3E+Y66d5y/7mhQ9clXdaL961n7ySKRf7Sqb578rtJa8mpr55K/cT5vpp3rK/eeEDV+Wd1ot3k+zr1YQ9vfMk+d25sqdPsjfhfiv3E+b6ad6yv3nhA1flndaLd5Ps69WEPb3zJPndubKnT7I34X4r9xPm+mnesr954QNX5Z3Wi7needJqT6Zemt+kfefmYq53rtp8wr1W7ifM9dO8ZX/zwgeuyjutF3O986TVnky9NL9J+87NxVzvXLX5hHut3E+Y66d5y/7mhQ9clXdaL+bJT5qY+ubKXsI9+87bXNkX52k/Yb+V+wlz/TRv2d+88IGr8k7rxTz5SRNT31zZS7hn33mbK/viPO0n7LdyP2Gun+Yt+5sXPnBV3mm9mOudmztPmrDvXpqLuXtJqe9cpn4rMW/lfsJcP81b9jcvfOCqvNN6Mdc7N3eeNGHfvTQXc/eSUt+5TP1WYt7K/YS5fpq37G9e+MBVeaf10t4V91LfXNlLpNx79pybi7leVu9OvRv7rdxPmOunecv+5oUPXJV3Wi/tXXEv9c2VvUTKvWfPubmY62X17tS7sd/K/YS5fpq37G9e+MBVeaf14l37eucq5RP23DefeknuiX17eucqMfXMW7mfMNdP85b9zQsfuCrvtF68a1/vXKV8wp775lMvyT2xb0/vXCWmnnkr9xPm+mnesr954QNX5Z3WS3tXUu69JJnmamLqpXuTlzZPSthr5X7CXD/NW/Y3L3zgqrzTemnvSsq9lyTTXE1MvXRv8tLmSQl7rdxPmOunecv+5oUPXJV3Wi/m+onUT/PE3XdPn3DfPefKXvKJdC8x9c1buZ8w10/zlv3NCx+4Ku+0Xsz1E6mf5om7754+4b57zpW95BPpXmLqm7dyP2Gun+Yt+5sXPnBV3mm9eFfZS5jrJ9p+6vm9VcLcvST7iTa357yV+wlz/TRv2d+88IGr8k7rxbvKXsJcP9H2U8/vrRLm7iXZT7S5Peet3E+Y66d5y/7mhQ9clXdaL95V9ibcV/ZaL96173zStGc+4X6Sff2q3E+Y66d5y/7mhQ9clXdaL95V9ibcV/ZaL96173zStGc+4X6Sff2q3E+Y66d5y/7mhQ9clXdaL95V4jz1nSfZF/v2nKvUS9hLfed68d5uf5L7CXP9NG/Z37zwgavyTuvFu0qcp77zJPti355zlXoJe6nvXC/e2+1Pcj9hrp/mLfubFz5wVd5pvZjrxe+hJM2lvWPuXNmbsKcXPy8p9RP2WrmfMNdP85b9zQsfuCrvtF7M9eL3UJLm0t4xd67sTdjTi5+XlPoJe63cT5jrp3nL/uaFD1yVd1ov3p0kzu1PeTsX+5PcS6TcuffbPEnMW7mfMNdP85b9zQsfuCrvtF68O0mc25/ydi72J7mXSLlz77d5kpi3cj9hrp/mLfubFz5wVd5pvXhXpZ7zCffdm7xzlbC323dvmov91Lux18r9hLl+mrfsb174wFV5p/XiXZV6zifcd2/yzlXC3m7fvWku9lPvxl4r9xPm+mnesr954QNX5Z3WS3s34b5KPTFPsi+pn3J7k094L0lS7ryV+wlz/TRv2d+88IGr8k7rpb2bcF+lnpgn2ZfUT7m9ySe8lyQpd97K/YS5fpq37G9e+MBVeaf1Yt5+Tov30h1zZU+flEj5d+d+vmpxr5X7CXP9NG/Z37zwgavyTuvFvP2cFu+lO+bKnj4pkfLvzv181eJeK/cT5vpp3rK/eeEDV+Wd1ov59Dkq0fZu7LvnXMmU35gnP82nfBX3W7mfMNdP85b9zQsfuCrvtF7Mp89RibZ3Y98950qm/MY8+Wk+5au438r9hLl+mrfsb174wFV5p/Xi3SRxnrzzxG7Pz0mSlDtPEud6ae+tyv2EuX6at+xvXvjAVXmn9eLdJHGevPPEbs/PSZKUO08S53pp763K/YS5fpq37G8eDv9HnB/K4VBwfiiHQ8H5oRwOBeeHcjgUnB/K4VBwfiiHQ8Ff+6Hc/x/281/17Konn+ZvnU/ztxtv8zc+dVM2fbb+rXeTcj/D/OZt7t6z4/xt/4tP83Y35f+Kv/Zt/AO8/SE+ZTdmT/9p35n+baZ/Yvb2Pd58m33qTd7sbXb7NH+bfcr0ad7O3rJ/yR//Nl8PVvdcPmVfTHP//YQd/c3bzdT9ImVvd1L21vniO7mz1NU/Z58yfZonvnL1k/gr3+btj+cfpcmmP97bjYSZ/uZt/ja7SdmnN5i9dZ6k/Ln/ptR1rprs2Xn+a/Y2v/m0+6/5K9/o7Q+Q/vvN3zj3fzDzZ0ec6W/e5m+zm5RN3/Ht32c+vfOLT/lzZp6ytpdm+pvnW5w///1J/PFvdP9Rnrrn9t7++8k0T/kXZpO/eZu/zW5S9uk7mr11vvhO/px9/bd66+k/ZbdXn/C2+kn88W9zP9iHf/JmT8ze9uy8zfRvM/0Ts7fv8ebb7FNv8mbP2Vv2Rco/3f2U3aS7zj71fgJ//FulP4D+Ofv6V9lL87eOvTt/I+3o79lb91P26Xu9+bfeTcr9jGdu9+aev+W72Rd+9tt3evac/xR+5rc6HH4Y54dyOBScH8rhUHB+KIdDwfmhHA4F54dyOBScH8rhUHB+KIdDwfmhHA4F/wVKXsrDt+2DHAAAAABJRU5ErkJggg==</VALUE>
+      <XPATH/>
+    </FIELD>
+    <FIELD label="Assunto">
+      <TAG><![CDATA[#REGISTO:ASSUNTO#]]></TAG>
+      <VALUE><![CDATA[#REGISTO:ASSUNTO#]]></VALUE>
+      <XPATH/>
+    </FIELD>
+    <FIELD label="Observações">
+      <TAG><![CDATA[#REGISTO:OBSERVACOES#]]></TAG>
+      <VALUE><![CDATA[#REGISTO:OBSERVACOES#]]></VALUE>
+      <XPATH/>
+    </FIELD>
+    <FIELD label="Data" dtype="D">
+      <TAG><![CDATA[#REGISTO:DATA#]]></TAG>
+      <VALUE><![CDATA[#REGISTO:DATA#]]></VALUE>
+      <XPATH/>
+    </FIELD>
+    <NODE label="Classificação" type="CardClassitication">
+      <FIELD label="Descrição">
+        <TAG><![CDATA[#REGISTO:CLASSIFICACAO:1:DESCRICAO#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CLASSIFICACAO:1:DESCRICAO#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+      <FIELD label="Código">
+        <TAG><![CDATA[#REGISTO:CLASSIFICACAO:1:CODIGO#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CLASSIFICACAO:1:CODIGO#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+    </NODE>
+    <NODE label="Processo" type="CardProcess">
+      <FIELD label="Código">
+        <TAG><![CDATA[#REGISTO:PROCESSO:1:CODIGO#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:PROCESSO:1:CODIGO#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+      <FIELD label="Assunto">
+        <TAG><![CDATA[#REGISTO:PROCESSO:1:ASSUNTO#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:PROCESSO:1:ASSUNTO#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+    </NODE>
+    <NODE label="Entidade" type="CardEntity">
+      <FIELD label="Nome">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:NOME#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:ENTIDADE:NOME#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/NAME]]></XPATH>
+      </FIELD>
+      <FIELD label="Organização">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:ORGANIZAÇÃO#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:ENTIDADE:ORGANIZAÇÃO#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/ORGANIZATION]]></XPATH>
+      </FIELD>
+      <FIELD label="Email">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:EMAIL#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:ENTIDADE:EMAIL#]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/EMAIL]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Tratamento" source-type="EntityFields">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:Tratamento#]]></TAG>
+        <VALUE><![CDATA[Tratamento]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Tratamento']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Título" source-type="EntityFields">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:Título#]]></TAG>
+        <VALUE><![CDATA[Título]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Título']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Cargo" source-type="EntityFields">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:Cargo#]]></TAG>
+        <VALUE><![CDATA[Cargo]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Cargo']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Telefone" source-type="EntityFields">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:Telefone#]]></TAG>
+        <VALUE><![CDATA[Telefone]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Telefone']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Fax" source-type="EntityFields">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:Fax#]]></TAG>
+        <VALUE><![CDATA[Fax]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Fax']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Telemóvel" source-type="EntityFields">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:Telemóvel#]]></TAG>
+        <VALUE><![CDATA[Telemóvel]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Telemóvel']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Morada" source-type="EntityFields">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:Morada#]]></TAG>
+        <VALUE><![CDATA[Morada]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Morada']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Localidade" source-type="EntityFields">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:Localidade#]]></TAG>
+        <VALUE><![CDATA[Localidade]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Localidade']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Codigo_Postal" source-type="EntityFields">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:Codigo_Postal#]]></TAG>
+        <VALUE><![CDATA[Codigo_Postal]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Codigo_Postal']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="País" source-type="EntityFields">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:País#]]></TAG>
+        <VALUE><![CDATA[País]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='País']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="HomePage" source-type="EntityFields">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:HomePage#]]></TAG>
+        <VALUE><![CDATA[HomePage]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='HomePage']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="EntityFields" label="Notas" source-type="EntityFields">
+        <TAG><![CDATA[#REGISTO:ENTIDADE:Notas#]]></TAG>
+        <VALUE><![CDATA[Notas]]></VALUE>
+        <XPATH><![CDATA[/CARD/ENTITIES/ENTITY[TYPE='P']/PROPERTIES/PROPERTY[NAME='Notas']/VALUE]]></XPATH>
+      </FIELD>
+    </NODE>
+    <NODE label="Distribuição" type="CardDistribution">
+      <FIELD label="Código">
+        <TAG><![CDATA[#REGISTO:DISTRIBUICAO:CODIGO#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:DISTRIBUICAO:CODIGO#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+      <FIELD label="Assunto">
+        <TAG><![CDATA[#REGISTO:DISTRIBUICAO:ASSUNTO#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:DISTRIBUICAO:ASSUNTO#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+    </NODE>
+    <NODE label="Documento" type="CardDocument">
+      <FIELD label="Referência">
+        <TAG><![CDATA[#REGISTO:DOCUMENTO:REFERENCIA#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:DOCUMENTO:REFERENCIA#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+      <FIELD label="Tipo de Documento">
+        <TAG><![CDATA[#REGISTO:DOCUMENTO:TIPO#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:DOCUMENTO:TIPO#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+      <FIELD label="Data na Origem" dtype="D">
+        <TAG><![CDATA[#REGISTO:DOCUMENTO:DATAORIGEM#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:DOCUMENTO:DATAORIGEM#]]></VALUE>
+        <XPATH/>
+      </FIELD>
+    </NODE>
+    <NODE label="Campos Adicionais..." isWindowSelector="true">
+      <FIELD type="AdditionalFields" label="Custom_string" source-type="AdditionalFields">
+        <TAG><![CDATA[#REGISTO:CA:Custom_string#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CA:Custom_string#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_string']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_data" source-type="AdditionalFields">
+        <TAG><![CDATA[#REGISTO:CA:Custom_data#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CA:Custom_data#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_data']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_num" source-type="AdditionalFields">
+        <TAG><![CDATA[#REGISTO:CA:Custom_num#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CA:Custom_num#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_num']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_bool" source-type="AdditionalFields">
+        <TAG><![CDATA[#REGISTO:CA:Custom_bool#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CA:Custom_bool#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_bool']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_list" source-type="AdditionalFields">
+        <TAG><![CDATA[#REGISTO:CA:Custom_list#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CA:Custom_list#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Custom_list']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="NISS" source-type="AdditionalFields">
+        <TAG><![CDATA[#REGISTO:CA:NISS#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CA:NISS#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='NISS']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Seccao" source-type="AdditionalFields">
+        <TAG><![CDATA[#REGISTO:CA:Seccao#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CA:Seccao#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Seccao']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Proc_Tribunal" source-type="AdditionalFields">
+        <TAG><![CDATA[#REGISTO:CA:Proc_Tribunal#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CA:Proc_Tribunal#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Proc_Tribunal']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Proc_BDNacional" source-type="AdditionalFields">
+        <TAG><![CDATA[#REGISTO:CA:Proc_BDNacional#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CA:Proc_BDNacional#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Proc_BDNacional']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Nome_ERSS" source-type="AdditionalFields">
+        <TAG><![CDATA[#REGISTO:CA:Nome_ERSS#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CA:Nome_ERSS#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Nome_ERSS']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Link" source-type="AdditionalFields">
+        <TAG><![CDATA[#REGISTO:CA:Link#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CA:Link#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='Link']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="ClasseEntidade" source-type="AdditionalFields">
+        <TAG><![CDATA[#REGISTO:CA:ClasseEntidade#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CA:ClasseEntidade#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='ClasseEntidade']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="CCVC" source-type="AdditionalFields">
+        <TAG><![CDATA[#REGISTO:CA:CCVC#]]></TAG>
+        <VALUE><![CDATA[#REGISTO:CA:CCVC#]]></VALUE>
+        <XPATH><![CDATA[/CARD/FIELDS/FIELD[NAME='CCVC']/VALUE]]></XPATH>
+      </FIELD>
+    </NODE>
+  </NODE>
+  <!-- BEGIN: Process Context -->
+  <NODE label="Processo" replaceTest="/PROCESS" type="ContextProcess">
+    <FIELD label="Nº de Processo">
+      <TAG><![CDATA[#CONTEXTPROCESS:NUMBER#]]></TAG>
+      <VALUE><![CDATA[Nº de Processo]]></VALUE>
+      <XPATH><![CDATA[/PROCESS/@processKeyToString]]></XPATH>
+    </FIELD>
+    <FIELD label="Data de Abertura">
+      <TAG><![CDATA[#CONTEXTPROCESS:OPEN_DATE#]]></TAG>
+      <VALUE><![CDATA[Data de Abertura]]></VALUE>
+      <XPATH><![CDATA[/PROCESS/GENERAL_DATA/CreatedOn]]></XPATH>
+    </FIELD>
+    <FIELD label="Data de Encerramento">
+      <TAG><![CDATA[#CONTEXTPROCESS:CLOSE_DATE#]]></TAG>
+      <VALUE><![CDATA[Data de Encerramento]]></VALUE>
+      <XPATH><![CDATA[/PROCESS/GENERAL_DATA/ClosedOn]]></XPATH>
+    </FIELD>
+    <FIELD label="Assunto">
+      <TAG><![CDATA[#CONTEXTPROCESS:SUBJECT#]]></TAG>
+      <VALUE><![CDATA[Assunto]]></VALUE>
+      <XPATH><![CDATA[/PROCESS/GENERAL_DATA/Subject]]></XPATH>
+    </FIELD>
+    <FIELD label="Observações">
+      <TAG><![CDATA[#CONTEXTPROCESS:COMMENTS#]]></TAG>
+      <VALUE><![CDATA[Observações]]></VALUE>
+      <XPATH><![CDATA[/PROCESS/GENERAL_DATA/Comments]]></XPATH>
+    </FIELD>
+    <NODE label="Campos Adicionais..." isWindowSelector="true">
+      <FIELD type="AdditionalFields" label="Custom_string" source-type="AdditionalFields">
+        <TAG><![CDATA[#CONTEXTPROCESS:CA:Custom_string#]]></TAG>
+        <VALUE><![CDATA[Custom_string]]></VALUE>
+        <XPATH><![CDATA[/PROCESS/FIELDS/FIELD[NAME='Custom_string']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_data" source-type="AdditionalFields">
+        <TAG><![CDATA[#CONTEXTPROCESS:CA:Custom_data#]]></TAG>
+        <VALUE><![CDATA[Custom_data]]></VALUE>
+        <XPATH><![CDATA[/PROCESS/FIELDS/FIELD[NAME='Custom_data']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_num" source-type="AdditionalFields">
+        <TAG><![CDATA[#CONTEXTPROCESS:CA:Custom_num#]]></TAG>
+        <VALUE><![CDATA[Custom_num]]></VALUE>
+        <XPATH><![CDATA[/PROCESS/FIELDS/FIELD[NAME='Custom_num']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_bool" source-type="AdditionalFields">
+        <TAG><![CDATA[#CONTEXTPROCESS:CA:Custom_bool#]]></TAG>
+        <VALUE><![CDATA[Custom_bool]]></VALUE>
+        <XPATH><![CDATA[/PROCESS/FIELDS/FIELD[NAME='Custom_bool']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Custom_list" source-type="AdditionalFields">
+        <TAG><![CDATA[#CONTEXTPROCESS:CA:Custom_list#]]></TAG>
+        <VALUE><![CDATA[Custom_list]]></VALUE>
+        <XPATH><![CDATA[/PROCESS/FIELDS/FIELD[NAME='Custom_list']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="NISS" source-type="AdditionalFields">
+        <TAG><![CDATA[#CONTEXTPROCESS:CA:NISS#]]></TAG>
+        <VALUE><![CDATA[NISS]]></VALUE>
+        <XPATH><![CDATA[/PROCESS/FIELDS/FIELD[NAME='NISS']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Seccao" source-type="AdditionalFields">
+        <TAG><![CDATA[#CONTEXTPROCESS:CA:Seccao#]]></TAG>
+        <VALUE><![CDATA[Seccao]]></VALUE>
+        <XPATH><![CDATA[/PROCESS/FIELDS/FIELD[NAME='Seccao']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Proc_Tribunal" source-type="AdditionalFields">
+        <TAG><![CDATA[#CONTEXTPROCESS:CA:Proc_Tribunal#]]></TAG>
+        <VALUE><![CDATA[Proc_Tribunal]]></VALUE>
+        <XPATH><![CDATA[/PROCESS/FIELDS/FIELD[NAME='Proc_Tribunal']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Proc_BDNacional" source-type="AdditionalFields">
+        <TAG><![CDATA[#CONTEXTPROCESS:CA:Proc_BDNacional#]]></TAG>
+        <VALUE><![CDATA[Proc_BDNacional]]></VALUE>
+        <XPATH><![CDATA[/PROCESS/FIELDS/FIELD[NAME='Proc_BDNacional']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Nome_ERSS" source-type="AdditionalFields">
+        <TAG><![CDATA[#CONTEXTPROCESS:CA:Nome_ERSS#]]></TAG>
+        <VALUE><![CDATA[Nome_ERSS]]></VALUE>
+        <XPATH><![CDATA[/PROCESS/FIELDS/FIELD[NAME='Nome_ERSS']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="Link" source-type="AdditionalFields">
+        <TAG><![CDATA[#CONTEXTPROCESS:CA:Link#]]></TAG>
+        <VALUE><![CDATA[Link]]></VALUE>
+        <XPATH><![CDATA[/PROCESS/FIELDS/FIELD[NAME='Link']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="ClasseEntidade" source-type="AdditionalFields">
+        <TAG><![CDATA[#CONTEXTPROCESS:CA:ClasseEntidade#]]></TAG>
+        <VALUE><![CDATA[ClasseEntidade]]></VALUE>
+        <XPATH><![CDATA[/PROCESS/FIELDS/FIELD[NAME='ClasseEntidade']/VALUE]]></XPATH>
+      </FIELD>
+      <FIELD type="AdditionalFields" label="CCVC" source-type="AdditionalFields">
+        <TAG><![CDATA[#CONTEXTPROCESS:CA:CCVC#]]></TAG>
+        <VALUE><![CDATA[CCVC]]></VALUE>
+        <XPATH><![CDATA[/PROCESS/FIELDS/FIELD[NAME='CCVC']/VALUE]]></XPATH>
+      </FIELD>
+    </NODE>
+  </NODE>
+  <!-- END: Process Context -->
+</MENU>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D45BCD56-F0EF-408D-B606-8AF16FE2B0D4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE971D7E-2D6A-460A-AECE-A13B4B22248B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AE10A36-45B4-4427-B51F-3E52979AE3ED}">
+  <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>742</Words>
-  <Characters>4009</Characters>
+  <Words>757</Words>
+  <Characters>4400</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>220</Lines>
+  <Paragraphs>171</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>II, I.P.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4742</CharactersWithSpaces>
+  <CharactersWithSpaces>4986</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Delia.F.Rocha</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>