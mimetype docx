--- v0 (2025-10-08)
+++ v1 (2026-03-06)
@@ -1,66 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="4360D2EC" w14:textId="77777777" w:rsidR="00B04A80" w:rsidRPr="00DA164F" w:rsidRDefault="00B04A80" w:rsidP="00B04A80">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00DA164F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Cursos de Português para Falantes de Outras Línguas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74888252" w14:textId="77777777" w:rsidR="00B04A80" w:rsidRPr="00DA164F" w:rsidRDefault="00B04A80" w:rsidP="00B04A80">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33FC74C8" w14:textId="77777777" w:rsidR="00B04A80" w:rsidRPr="005A6827" w:rsidRDefault="008747BB" w:rsidP="00B04A80">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
         </w:rPr>
@@ -1358,79 +1360,79 @@
           <w:p w14:paraId="34BC067A" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Marcar4"/>
+            <w:bookmarkStart w:id="0" w:name="Marcar4"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C514DB0" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="2B987502" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E5E1BAD" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -1518,79 +1520,79 @@
           <w:p w14:paraId="0CD31D4F" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Marcar5"/>
+            <w:bookmarkStart w:id="1" w:name="Marcar5"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A1826E2" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="5502296B" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12CD9D74" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -1678,79 +1680,79 @@
           <w:p w14:paraId="30FC1DA8" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Marcar6"/>
+            <w:bookmarkStart w:id="2" w:name="Marcar6"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="530A80F5" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="5CAC09F4" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EFBD5B9" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -1838,79 +1840,79 @@
           <w:p w14:paraId="39846001" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Marcar7"/>
+            <w:bookmarkStart w:id="3" w:name="Marcar7"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2663C5E8" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="6CE05332" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F06CA14" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -1998,79 +2000,79 @@
           <w:p w14:paraId="55D385A9" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Marcar8"/>
+            <w:bookmarkStart w:id="4" w:name="Marcar8"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2EBB9217" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="2BE9DC8B" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74E49302" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -2158,79 +2160,79 @@
           <w:p w14:paraId="775475C7" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Marcar9"/>
+            <w:bookmarkStart w:id="5" w:name="Marcar9"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E3755F7" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="0FD54A0B" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45BE850E" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -2318,79 +2320,79 @@
           <w:p w14:paraId="5329C531" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Marcar10"/>
+            <w:bookmarkStart w:id="6" w:name="Marcar10"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="047ECEEF" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="66B6269D" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="048649B6" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -2478,79 +2480,79 @@
           <w:p w14:paraId="02718854" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Marcar11"/>
+            <w:bookmarkStart w:id="7" w:name="Marcar11"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5887A447" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="0E264218" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74F43850" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -2638,79 +2640,79 @@
           <w:p w14:paraId="546CC897" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Marcar12"/>
+            <w:bookmarkStart w:id="8" w:name="Marcar12"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C582F94" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="54210E63" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CC259F9" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -2798,79 +2800,79 @@
           <w:p w14:paraId="3F13B2E4" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Marcar13"/>
+            <w:bookmarkStart w:id="9" w:name="Marcar13"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71C2AAD8" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="1365CE17" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1331D7CA" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -2958,79 +2960,79 @@
           <w:p w14:paraId="3DDC8027" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Marcar14"/>
+            <w:bookmarkStart w:id="10" w:name="Marcar14"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F2D2EB6" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="2350A21B" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43A01741" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -3118,79 +3120,79 @@
           <w:p w14:paraId="25A896D9" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Marcar15"/>
+            <w:bookmarkStart w:id="11" w:name="Marcar15"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FAFB8C8" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="0EB070B9" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6767AA4A" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -3278,79 +3280,79 @@
           <w:p w14:paraId="1821CD80" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Marcar16"/>
+            <w:bookmarkStart w:id="12" w:name="Marcar16"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63D5732D" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="27E12E4E" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21E127D9" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -3438,79 +3440,79 @@
           <w:p w14:paraId="1D4AF814" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Marcar17"/>
+            <w:bookmarkStart w:id="13" w:name="Marcar17"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="601BDC59" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="26C185E9" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04BA365D" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -3598,79 +3600,79 @@
           <w:p w14:paraId="60B901B3" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Marcar18"/>
+            <w:bookmarkStart w:id="14" w:name="Marcar18"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="348328D0" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="3A98D66B" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="693B0705" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -3758,79 +3760,79 @@
           <w:p w14:paraId="2E0577DC" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Marcar19"/>
+            <w:bookmarkStart w:id="15" w:name="Marcar19"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22D4038C" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="698E699E" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1466A86E" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -3918,79 +3920,79 @@
           <w:p w14:paraId="314030BB" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Marcar20"/>
+            <w:bookmarkStart w:id="16" w:name="Marcar20"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="069A53D3" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="6F33FA1A" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1776B36F" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -4078,79 +4080,79 @@
           <w:p w14:paraId="71854C7E" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Marcar21"/>
+            <w:bookmarkStart w:id="17" w:name="Marcar21"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21D47908" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="469C762B" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="380E9B40" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -4238,79 +4240,79 @@
           <w:p w14:paraId="5B48D424" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Marcar22"/>
+            <w:bookmarkStart w:id="18" w:name="Marcar22"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13FF5CEC" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB23CB" w:rsidRPr="00794088" w14:paraId="4EC395B3" w14:textId="77777777" w:rsidTr="00794088">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B6E1E71" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
@@ -4398,134 +4400,154 @@
           <w:p w14:paraId="1D98A3F2" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Marcar23"/>
+            <w:bookmarkStart w:id="19" w:name="Marcar23"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
-[...5 lines deleted...]
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03D64938" w14:textId="77777777" w:rsidR="00DB23CB" w:rsidRPr="00794088" w:rsidRDefault="00DB23CB" w:rsidP="00794088">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4052E23F" w14:textId="77777777" w:rsidR="005C7A2F" w:rsidRPr="005C7A2F" w:rsidRDefault="001F2ACE" w:rsidP="005C7A2F">
+    <w:p w14:paraId="4052E23F" w14:textId="3C9B4C71" w:rsidR="005C7A2F" w:rsidRPr="005C7A2F" w:rsidRDefault="001F2ACE" w:rsidP="005C7A2F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C7A2F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r w:rsidR="005C7A2F" w:rsidRPr="005C7A2F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Anexar</w:t>
       </w:r>
       <w:r w:rsidR="005C7A2F" w:rsidRPr="005C7A2F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> fotocópia do Título de Residência, Manifestação de Interesse ou Certificado de Registo de Cidadão da União Europeia do formando.</w:t>
+        <w:t xml:space="preserve"> fotocópia do Título de Residência</w:t>
+      </w:r>
+      <w:r w:rsidR="00A45EF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidR="005C7A2F" w:rsidRPr="005C7A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou Certificado de Registo de Cidadão da União Europeia do formando.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46BE6C25" w14:textId="77777777" w:rsidR="00DE5101" w:rsidRDefault="00DE5101" w:rsidP="00CE703C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12479871" w14:textId="77777777" w:rsidR="001F2ACE" w:rsidRPr="001F2ACE" w:rsidRDefault="001F2ACE" w:rsidP="00CE703C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -4601,57 +4623,57 @@
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="Marcar24"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
@@ -4673,57 +4695,57 @@
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="22" w:name="Marcar25"/>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0036414D">
+            <w:r w:rsidR="00700142">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00794088">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5845" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D8FAD16" w14:textId="77777777" w:rsidR="00855633" w:rsidRPr="00794088" w:rsidRDefault="00855633" w:rsidP="00794088">
@@ -5045,92 +5067,91 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>As</w:t>
       </w:r>
       <w:r w:rsidR="008E26D2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sinatura do responsável</w:t>
       </w:r>
       <w:r w:rsidR="00B1690A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pela Instituição</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008F2405" w:rsidRPr="00A852F9" w:rsidSect="00532C71">
-      <w:headerReference w:type="default" r:id="rId7"/>
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11880" w:h="16820"/>
       <w:pgMar w:top="2495" w:right="737" w:bottom="426" w:left="1077" w:header="539" w:footer="388" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23CC0994" w14:textId="77777777" w:rsidR="0036414D" w:rsidRDefault="0036414D">
+    <w:p w14:paraId="71FCD9F1" w14:textId="77777777" w:rsidR="0054597F" w:rsidRDefault="0054597F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18F18AD8" w14:textId="77777777" w:rsidR="0036414D" w:rsidRDefault="0036414D">
+    <w:p w14:paraId="57755A2B" w14:textId="77777777" w:rsidR="0054597F" w:rsidRDefault="0054597F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="New York">
-    <w:altName w:val="Tahoma"/>
-    <w:panose1 w:val="02040503060506020304"/>
+    <w:panose1 w:val="02020502060305060204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -5201,127 +5222,120 @@
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
           <w:pict>
             <v:line w14:anchorId="6CB9BCAD" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-16.3pt,2.65pt" to="494.9pt,2.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDD8n0pEQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcE3+sN02sOKvKTnrZ&#10;tpF2+wMI4BgVAwISJ6r63zuQOMq2l6qqD3hgZh5v5g3Lp1Mv0ZFbJ7SqcDZNMeKKaibUvsLfXjeT&#10;OUbOE8WI1IpX+Mwdflq9f7ccTMlz3WnJuEUAolw5mAp33psySRzteE/cVBuuwNlq2xMPW7tPmCUD&#10;oPcyydN0lgzaMmM15c7BaXNx4lXEb1tO/de2ddwjWWHg5uNq47oLa7JaknJviekEvdIg/8CiJ0LB&#10;pTeohniCDlb8AdULarXTrZ9S3Se6bQXlsQaoJkt/q+alI4bHWqA5ztza5P4fLP1y3FokWIVzjBTp&#10;QaJnoTjKQ2cG40oIqNXWhtroSb2YZ02/O6R03RG155Hh69lAWhYykjcpYeMM4O+Gz5pBDDl4Hdt0&#10;am0fIKEB6BTVON/U4CePKBzOikWeFyAaHX0JKcdEY53/xHWPglFhCZwjMDk+Ox+IkHIMCfcovRFS&#10;RrGlQgOAPzymMcFpKVhwhjBn97taWnQkYVziF6sCz32Y1QfFIljHCVtfbU+EvNhwuVQBD0oBOlfr&#10;Mg8/FuliPV/Pi0mRz9aTIm2aycdNXUxmm+zDY/PQ1HWT/QzUsqLsBGNcBXbjbGbF32l/fSWXqbpN&#10;560NyVv02C8gO/4j6ahlkO8yCDvNzls7agzjGIOvTyfM+/0e7PsHvvoFAAD//wMAUEsDBBQABgAI&#10;AAAAIQCneBEP2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9SqxtU5apWpD&#10;nAohBbEw0CJmN34kUe3nyHbjwK/HsMB4utPdd9VhNppN6PxgSUC+yoAhtVYN1Al4OzXLHTAfJCmp&#10;LaGAT/RwqG9vKlkqG+kVp2PoWCohX0oBfQhjyblvezTSr+yIlLwP64wMSbqOKydjKjear7Nsy40c&#10;KC30csTHHtvL8WoEUB7edYwhTu6reCryonnOXhoh7hbzwz2wgHP4C8MPfkKHOjGd7ZWUZ1rAcrPe&#10;pqiAYgMs+fvdPl05/2peV/w/f/0NAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAw/J9KREC&#10;AAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAp3gR&#10;D9sAAAAHAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" o:allowincell="f" strokeweight=".5pt">
               <w10:wrap type="topAndBottom"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="45648D90" w14:textId="369AA17C" w:rsidR="00F13EC3" w:rsidRPr="00831B2F" w:rsidRDefault="00B544A3" w:rsidP="00173D06">
+  <w:p w14:paraId="45648D90" w14:textId="0ABF2091" w:rsidR="00F13EC3" w:rsidRPr="00831B2F" w:rsidRDefault="00C13F70" w:rsidP="000E5B9D">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
-      <w:ind w:left="-1120" w:right="-1077" w:firstLine="836"/>
+      <w:ind w:left="-1120" w:right="-1077" w:firstLine="269"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="23" w:name="_Hlk128057505"/>
     <w:bookmarkStart w:id="24" w:name="_Hlk128057551"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>RAA – SRAPC</w:t>
     </w:r>
     <w:r w:rsidR="00F13EC3" w:rsidRPr="00831B2F">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> –</w:t>
+      <w:t>–</w:t>
     </w:r>
     <w:r w:rsidR="00F13EC3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00F13EC3" w:rsidRPr="00831B2F">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Direçã</w:t>
     </w:r>
     <w:r w:rsidR="00F13EC3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">o Regional das Comunidades | Edifício Boavista - </w:t>
+      <w:t xml:space="preserve">o Regional das Comunidades | </w:t>
     </w:r>
-    <w:r w:rsidR="00F13EC3" w:rsidRPr="003F6128">
+    <w:r w:rsidR="002A776B">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Rua </w:t>
-[...7 lines deleted...]
-      <w:t>Padre José Joaquim Rebelo nº 20 -|9500-782</w:t>
+      <w:t>Rua Margarida de Chaves nº103 | 9500-088</w:t>
     </w:r>
     <w:r w:rsidR="00F13EC3" w:rsidRPr="003F6128">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> Ponta </w:t>
     </w:r>
     <w:bookmarkEnd w:id="23"/>
     <w:r w:rsidR="00F13EC3" w:rsidRPr="003F6128">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Delgada</w:t>
     </w:r>
     <w:r w:rsidR="00F13EC3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
@@ -5329,147 +5343,115 @@
     <w:bookmarkEnd w:id="24"/>
     <w:r w:rsidR="00F13EC3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>•</w:t>
     </w:r>
     <w:r w:rsidR="00F13EC3" w:rsidRPr="003F6128">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00F13EC3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Tel. 296</w:t>
     </w:r>
-    <w:r w:rsidR="00173D06">
+    <w:r w:rsidR="002A776B">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t> </w:t>
-[...23 lines deleted...]
-      <w:t>700</w:t>
+      <w:t> 922 200</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3D979B77" w14:textId="77777777" w:rsidR="00A6453C" w:rsidRPr="00532C71" w:rsidRDefault="0036414D" w:rsidP="00532C71">
+  <w:p w14:paraId="3D979B77" w14:textId="5A782372" w:rsidR="00A6453C" w:rsidRPr="00532C71" w:rsidRDefault="002A776B" w:rsidP="000E5B9D">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:left="-1123" w:right="-539"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="00532C71" w:rsidRPr="00831B2F">
+      <w:r w:rsidRPr="003E4443">
         <w:rPr>
           <w:rStyle w:val="Hiperligao"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>drc@azores.gov.pt</w:t>
+        <w:t>geral-drc@azores.gov.pt</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="00532C71" w:rsidRPr="00831B2F">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> / </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidR="00532C71" w:rsidRPr="00831B2F">
         <w:rPr>
           <w:rStyle w:val="Hiperligao"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>www.azores.gov.pt</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidR="00532C71" w:rsidRPr="00831B2F">
-[...6 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6706CF6A" w14:textId="77777777" w:rsidR="0036414D" w:rsidRDefault="0036414D">
+    <w:p w14:paraId="65D330B0" w14:textId="77777777" w:rsidR="0054597F" w:rsidRDefault="0054597F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A71D7E3" w14:textId="77777777" w:rsidR="0036414D" w:rsidRDefault="0036414D">
+    <w:p w14:paraId="7A34D109" w14:textId="77777777" w:rsidR="0054597F" w:rsidRDefault="0054597F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="51CC429C" w14:textId="77777777" w:rsidR="00532C71" w:rsidRPr="00152E7D" w:rsidRDefault="004812E4" w:rsidP="00532C71">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00152E7D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52D5B42C" wp14:editId="6B6DDDC3">
@@ -5514,51 +5496,51 @@
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="24243D21" w14:textId="77777777" w:rsidR="00532C71" w:rsidRPr="00152E7D" w:rsidRDefault="00532C71" w:rsidP="00532C71">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00152E7D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
       <w:t>REGIÃO AUTÓNOMA DOS AÇORES</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1D49E864" w14:textId="056AFBCA" w:rsidR="00532C71" w:rsidRPr="00152E7D" w:rsidRDefault="00B544A3" w:rsidP="00532C71">
+  <w:p w14:paraId="1D49E864" w14:textId="1C996771" w:rsidR="00532C71" w:rsidRPr="00152E7D" w:rsidRDefault="00C13F70" w:rsidP="00532C71">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
       <w:t>SECRETARIA REGIONAL DOS ASSUNTOS PARLAMENTARES E COMUNIDADES</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="37651028" w14:textId="77777777" w:rsidR="00532C71" w:rsidRPr="00532C71" w:rsidRDefault="00532C71" w:rsidP="00532C71">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00532C71">
       <w:rPr>
@@ -5701,237 +5683,234 @@
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DE0412"/>
     <w:rsid w:val="00037EED"/>
     <w:rsid w:val="0006424A"/>
+    <w:rsid w:val="000E5B9D"/>
     <w:rsid w:val="000F2B76"/>
+    <w:rsid w:val="0011764E"/>
     <w:rsid w:val="0015503E"/>
     <w:rsid w:val="00155123"/>
-    <w:rsid w:val="00173D06"/>
     <w:rsid w:val="00192FB6"/>
     <w:rsid w:val="001A6D8B"/>
-    <w:rsid w:val="001D2CA2"/>
     <w:rsid w:val="001F2ACE"/>
-    <w:rsid w:val="0020056D"/>
     <w:rsid w:val="00250B2C"/>
     <w:rsid w:val="00257EA7"/>
+    <w:rsid w:val="002A776B"/>
     <w:rsid w:val="00360FF0"/>
-    <w:rsid w:val="0036414D"/>
     <w:rsid w:val="00392716"/>
     <w:rsid w:val="00412958"/>
     <w:rsid w:val="004812E4"/>
     <w:rsid w:val="00481A07"/>
     <w:rsid w:val="00487C06"/>
     <w:rsid w:val="0052392F"/>
     <w:rsid w:val="00532C71"/>
     <w:rsid w:val="0054597F"/>
     <w:rsid w:val="005576F3"/>
+    <w:rsid w:val="00581447"/>
     <w:rsid w:val="00595983"/>
     <w:rsid w:val="005A6827"/>
     <w:rsid w:val="005C04E3"/>
     <w:rsid w:val="005C736B"/>
     <w:rsid w:val="005C7A2F"/>
     <w:rsid w:val="00661706"/>
     <w:rsid w:val="0066206E"/>
     <w:rsid w:val="006A1B2A"/>
     <w:rsid w:val="006C36E5"/>
     <w:rsid w:val="006E2FD6"/>
     <w:rsid w:val="00705E42"/>
     <w:rsid w:val="00711384"/>
     <w:rsid w:val="00742075"/>
     <w:rsid w:val="00746F14"/>
     <w:rsid w:val="00781A4F"/>
     <w:rsid w:val="00794088"/>
     <w:rsid w:val="007C0EA8"/>
     <w:rsid w:val="007D3F47"/>
     <w:rsid w:val="007E1BD3"/>
     <w:rsid w:val="00844BA3"/>
     <w:rsid w:val="00855633"/>
     <w:rsid w:val="008703B4"/>
     <w:rsid w:val="008747BB"/>
     <w:rsid w:val="008768EB"/>
     <w:rsid w:val="008A751E"/>
     <w:rsid w:val="008C235D"/>
     <w:rsid w:val="008E26D2"/>
     <w:rsid w:val="008E3AF6"/>
     <w:rsid w:val="008F2405"/>
     <w:rsid w:val="008F67D5"/>
     <w:rsid w:val="00942640"/>
     <w:rsid w:val="0095519B"/>
     <w:rsid w:val="009A66BE"/>
     <w:rsid w:val="009B26CD"/>
     <w:rsid w:val="009C55CD"/>
     <w:rsid w:val="00A036C8"/>
+    <w:rsid w:val="00A45EF8"/>
     <w:rsid w:val="00A60F8E"/>
     <w:rsid w:val="00A6137C"/>
     <w:rsid w:val="00A6183F"/>
     <w:rsid w:val="00A6453C"/>
     <w:rsid w:val="00A648A0"/>
     <w:rsid w:val="00A65EC7"/>
     <w:rsid w:val="00A852F9"/>
     <w:rsid w:val="00AB6A43"/>
     <w:rsid w:val="00B04A80"/>
     <w:rsid w:val="00B12F05"/>
     <w:rsid w:val="00B1690A"/>
     <w:rsid w:val="00B17AD2"/>
     <w:rsid w:val="00B3318A"/>
-    <w:rsid w:val="00B544A3"/>
     <w:rsid w:val="00B73EB8"/>
     <w:rsid w:val="00B76A09"/>
     <w:rsid w:val="00B8787C"/>
     <w:rsid w:val="00BA2881"/>
     <w:rsid w:val="00C0539C"/>
+    <w:rsid w:val="00C13F70"/>
     <w:rsid w:val="00C22FCB"/>
     <w:rsid w:val="00C2593E"/>
     <w:rsid w:val="00C54D34"/>
     <w:rsid w:val="00C808DD"/>
     <w:rsid w:val="00CE703C"/>
     <w:rsid w:val="00D33597"/>
     <w:rsid w:val="00D54B66"/>
     <w:rsid w:val="00D616F5"/>
     <w:rsid w:val="00D922B7"/>
     <w:rsid w:val="00DA164F"/>
     <w:rsid w:val="00DB23CB"/>
     <w:rsid w:val="00DD768D"/>
     <w:rsid w:val="00DE0412"/>
     <w:rsid w:val="00DE3594"/>
     <w:rsid w:val="00DE5101"/>
     <w:rsid w:val="00DE62B1"/>
     <w:rsid w:val="00E965A0"/>
+    <w:rsid w:val="00EA5436"/>
     <w:rsid w:val="00EA7B8D"/>
     <w:rsid w:val="00F1339F"/>
     <w:rsid w:val="00F13EC3"/>
     <w:rsid w:val="00FD1FED"/>
     <w:rsid w:val="00FD256A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3083D1F2"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="New York" w:eastAsia="Times New Roman" w:hAnsi="New York" w:cs="Times New Roman"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
-    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6375,65 +6354,77 @@
     <w:link w:val="Cabealho"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00532C71"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hiperligao">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00532C71"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RodapCarter">
     <w:name w:val="Rodapé Caráter"/>
     <w:link w:val="Rodap"/>
     <w:rsid w:val="00532C71"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="MenoNoResolvida">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A776B"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azores.gov.pt" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:drc@azores.gov.pt" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.azores.gov.pt" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geral-drc@azores.gov.pt" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -6657,80 +6648,392 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E2235D69611D4D48945CF2C7F020638C" ma:contentTypeVersion="16" ma:contentTypeDescription="Criar um novo documento." ma:contentTypeScope="" ma:versionID="a9dcff5f48499e4c8a9d0d10285d50bd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="ae0580a4-f62e-4204-9caa-b03ae2b490bc" xmlns:ns4="c4135ff4-dea9-4389-a421-3fe3c414f1b7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a936a5e45bf66ef67961040e638b3702" ns3:_="" ns4:_="">
+    <xsd:import namespace="ae0580a4-f62e-4204-9caa-b03ae2b490bc"/>
+    <xsd:import namespace="c4135ff4-dea9-4389-a421-3fe3c414f1b7"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ae0580a4-f62e-4204-9caa-b03ae2b490bc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="13" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="20" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="22" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c4135ff4-dea9-4389-a421-3fe3c414f1b7" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Partilhado Com" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="15" nillable="true" ma:displayName="Detalhes de Partilhado Com" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SharingHintHash" ma:index="16" nillable="true" ma:displayName="Hash de Sugestão de Partilha" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de Conteúdo"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="ae0580a4-f62e-4204-9caa-b03ae2b490bc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6841E34-490B-4444-B36F-7A2482E4350D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{780DB544-5244-4B99-B008-8AA5CBD7F85A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ae0580a4-f62e-4204-9caa-b03ae2b490bc"/>
+    <ds:schemaRef ds:uri="c4135ff4-dea9-4389-a421-3fe3c414f1b7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64F2E987-AA2A-478B-AA38-5B9439845BBC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="c4135ff4-dea9-4389-a421-3fe3c414f1b7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ae0580a4-f62e-4204-9caa-b03ae2b490bc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>266</Words>
-  <Characters>1442</Characters>
+  <Words>176</Words>
+  <Characters>1506</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1705</CharactersWithSpaces>
+  <CharactersWithSpaces>1679</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5963850</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.azores.gov.pt/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1376354</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -6745,25 +7048,33 @@
       <vt:variant>
         <vt:lpwstr>mailto:drc@azores.gov.pt</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100E2235D69611D4D48945CF2C7F020638C</vt:lpwstr>
+  </property>
+</Properties>
+</file>